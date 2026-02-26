--- v0 (2025-10-08)
+++ v1 (2026-02-26)
@@ -938,51 +938,51 @@
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E466D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6684" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="56E939E9" w14:textId="7F7C1791" w:rsidR="00116FBB" w:rsidRPr="005E466D" w:rsidRDefault="00647697" w:rsidP="00647697">
+          <w:p w14:paraId="56E939E9" w14:textId="2A8A4C5C" w:rsidR="00116FBB" w:rsidRPr="005E466D" w:rsidRDefault="00647697" w:rsidP="00647697">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Š</w:t>
             </w:r>
             <w:r w:rsidR="005D1CAA">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -1026,62 +1026,62 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>škola</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="00432CFE">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>o.p.s</w:t>
+              <w:t>z.ú</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidR="00432CFE">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00647697" w:rsidRPr="005E466D" w14:paraId="56E939F1" w14:textId="77777777" w:rsidTr="00107B17">
         <w:trPr>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="56E939EB" w14:textId="2A9960D0" w:rsidR="007967A9" w:rsidRPr="005E466D" w:rsidRDefault="007967A9" w:rsidP="00107B17">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
@@ -1770,128 +1770,130 @@
               <w:spacing w:after="0"/>
               <w:ind w:right="-992"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00782942">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7F97F706" w14:textId="7F2D7F52" w:rsidR="006F285A" w:rsidRDefault="00000000" w:rsidP="006F285A">
+          <w:p w14:paraId="7F97F706" w14:textId="7F2D7F52" w:rsidR="006F285A" w:rsidRDefault="00432CFE" w:rsidP="006F285A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:right="-992"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-2011907041"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A941C9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F285A" w:rsidRPr="00AD0B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>&lt;250 employees</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56E93A02" w14:textId="03EC9074" w:rsidR="00F8532D" w:rsidRPr="00F8532D" w:rsidRDefault="00000000" w:rsidP="006F285A">
+          <w:p w14:paraId="56E93A02" w14:textId="03EC9074" w:rsidR="00F8532D" w:rsidRPr="00F8532D" w:rsidRDefault="00432CFE" w:rsidP="006F285A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1483542654"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006F285A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F285A" w:rsidRPr="00AD0B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>&gt;250 employees</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -2760,50 +2762,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: Short cycle </w:t>
       </w:r>
       <w:r w:rsidRPr="00B223B0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(EQF level 5) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1865860397"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A941C9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; Bachelor </w:t>
       </w:r>
       <w:r w:rsidRPr="00B223B0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or equiv</w:t>
       </w:r>
       <w:r w:rsidR="00713E3E">
@@ -2811,50 +2814,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>alent first cycle (EQF level 6)</w:t>
       </w:r>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-376010837"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004C13A6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; Master </w:t>
       </w:r>
       <w:r w:rsidRPr="00B223B0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or equiva</w:t>
       </w:r>
       <w:r w:rsidR="00713E3E">
@@ -2862,94 +2866,96 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>lent second cycle (EQF level 7)</w:t>
       </w:r>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1937254667"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004C13A6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; Doctoral </w:t>
       </w:r>
       <w:r w:rsidRPr="00B223B0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or equivalent third cycle (EQF level 8)</w:t>
       </w:r>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1083216461"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004C13A6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="56E93A27" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="00490F95" w:rsidRDefault="00377526" w:rsidP="005A1D32">
       <w:pPr>
         <w:pStyle w:val="Textkomente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490F95">
@@ -4524,69 +4530,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F549E">
         <w:rPr>
           <w:rStyle w:val="Odkaznavysvtlivky"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002F549E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> All </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002F549E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>refererences</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> to "</w:t>
+        <w:t>refererences to "</w:t>
       </w:r>
       <w:r w:rsidRPr="002F549E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>enterprise</w:t>
       </w:r>
       <w:r w:rsidRPr="002F549E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>" are only applicable to mobility for staff between Programme Countries</w:t>
       </w:r>
       <w:r w:rsidR="00B159F9" w:rsidRPr="002F549E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -5088,51 +5083,51 @@
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="skoda-next-paneuropean-regular">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
@@ -9388,51 +9383,51 @@
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="566769059">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1469401062">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="32"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:defaultTableStyle w:val="Mkatabulky"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -9754,50 +9749,51 @@
     <w:rsid w:val="00303679"/>
     <w:rsid w:val="003043B1"/>
     <w:rsid w:val="003044E0"/>
     <w:rsid w:val="00305816"/>
     <w:rsid w:val="00307600"/>
     <w:rsid w:val="003103C1"/>
     <w:rsid w:val="00311B04"/>
     <w:rsid w:val="0031320E"/>
     <w:rsid w:val="00314143"/>
     <w:rsid w:val="00315958"/>
     <w:rsid w:val="00320BED"/>
     <w:rsid w:val="003211B3"/>
     <w:rsid w:val="003215E9"/>
     <w:rsid w:val="00325BE1"/>
     <w:rsid w:val="00327F70"/>
     <w:rsid w:val="003315D9"/>
     <w:rsid w:val="00331937"/>
     <w:rsid w:val="003331F9"/>
     <w:rsid w:val="003416C6"/>
     <w:rsid w:val="00342156"/>
     <w:rsid w:val="00342414"/>
     <w:rsid w:val="00342C1C"/>
     <w:rsid w:val="0034307E"/>
     <w:rsid w:val="003436A1"/>
     <w:rsid w:val="00343D6F"/>
+    <w:rsid w:val="00346227"/>
     <w:rsid w:val="003506C3"/>
     <w:rsid w:val="00350D85"/>
     <w:rsid w:val="00351FD4"/>
     <w:rsid w:val="00354F60"/>
     <w:rsid w:val="003559A5"/>
     <w:rsid w:val="003566D6"/>
     <w:rsid w:val="00356AC6"/>
     <w:rsid w:val="0035727D"/>
     <w:rsid w:val="00360F1E"/>
     <w:rsid w:val="00361777"/>
     <w:rsid w:val="00363AEC"/>
     <w:rsid w:val="00363D33"/>
     <w:rsid w:val="00364CD8"/>
     <w:rsid w:val="00370AE6"/>
     <w:rsid w:val="0037192C"/>
     <w:rsid w:val="00371C48"/>
     <w:rsid w:val="003752F8"/>
     <w:rsid w:val="003764D3"/>
     <w:rsid w:val="00376BFB"/>
     <w:rsid w:val="00377526"/>
     <w:rsid w:val="003775BC"/>
     <w:rsid w:val="00380180"/>
     <w:rsid w:val="00380FDD"/>
     <w:rsid w:val="003824D5"/>
     <w:rsid w:val="003831A3"/>
@@ -9850,50 +9846,51 @@
     <w:rsid w:val="003E356D"/>
     <w:rsid w:val="003E4698"/>
     <w:rsid w:val="003E4EBF"/>
     <w:rsid w:val="003F1BC9"/>
     <w:rsid w:val="003F41FD"/>
     <w:rsid w:val="003F4B56"/>
     <w:rsid w:val="003F5071"/>
     <w:rsid w:val="003F7613"/>
     <w:rsid w:val="00400033"/>
     <w:rsid w:val="00400CAE"/>
     <w:rsid w:val="004010EE"/>
     <w:rsid w:val="00402406"/>
     <w:rsid w:val="004040D6"/>
     <w:rsid w:val="004113AE"/>
     <w:rsid w:val="00411576"/>
     <w:rsid w:val="00413837"/>
     <w:rsid w:val="00415654"/>
     <w:rsid w:val="00420001"/>
     <w:rsid w:val="004202FC"/>
     <w:rsid w:val="004208DA"/>
     <w:rsid w:val="00422BC5"/>
     <w:rsid w:val="00425C86"/>
     <w:rsid w:val="004268DD"/>
     <w:rsid w:val="004311BA"/>
     <w:rsid w:val="004328AD"/>
+    <w:rsid w:val="00432CFE"/>
     <w:rsid w:val="00432E7C"/>
     <w:rsid w:val="00432E9A"/>
     <w:rsid w:val="0043485D"/>
     <w:rsid w:val="004354F1"/>
     <w:rsid w:val="004358D6"/>
     <w:rsid w:val="00437A77"/>
     <w:rsid w:val="0044195A"/>
     <w:rsid w:val="00442E28"/>
     <w:rsid w:val="0044503B"/>
     <w:rsid w:val="00446FD7"/>
     <w:rsid w:val="0044764C"/>
     <w:rsid w:val="0045075C"/>
     <w:rsid w:val="00454778"/>
     <w:rsid w:val="00455233"/>
     <w:rsid w:val="00456831"/>
     <w:rsid w:val="00456FC8"/>
     <w:rsid w:val="0045773E"/>
     <w:rsid w:val="00457E4B"/>
     <w:rsid w:val="00460355"/>
     <w:rsid w:val="0046086D"/>
     <w:rsid w:val="00461A0D"/>
     <w:rsid w:val="00462037"/>
     <w:rsid w:val="00462281"/>
     <w:rsid w:val="00462572"/>
     <w:rsid w:val="004629BE"/>
@@ -16074,83 +16071,74 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Year xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015</Year>
     <Status xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">Internal Draft</Status>
     <Next_x0020_date_x0020_of_x0020_delivery xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015-02-15T23:00:00+00:00</Next_x0020_date_x0020_of_x0020_delivery>
     <Final_x0020_date_x0020_of_x0020_delivery xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015-03-15T23:00:00+00:00</Final_x0020_date_x0020_of_x0020_delivery>
     <Contributors xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
     <_Status xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Not Started</_Status>
     <Leader_x0020__x0028_unit_x0029_ xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">A3</Leader_x0020__x0028_unit_x0029_>
     <Working_x0020_group_x0020_REF_x0020_DOC_x0020_meeting xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
     <Validation xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
     <About xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">Management of National Agencies</About>
     <Leader_x0020__x0028_staff_x0020_member_x0029_ xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">SS</Leader_x0020__x0028_staff_x0020_member_x0029_>
     <Other_x0020_stakeholders xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
     <Impact_x0020_on_x0020_business_x0020_requirements_x0020_for_x0020_IT xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="EC Document" ma:contentTypeID="0x010100258AA79CEB83498886A3A08681123250000EE1AE26EE081346B0126385BD9103EC" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document in this library." ma:contentTypeScope="" ma:versionID="81ddc03a3be0ad4330d9ae2f0f2a8ad3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns3="0e52a87e-fa0e-4867-9149-5c43122db7fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8881e36d4c01c89c846e5b7509aad3a3" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:Year"/>
                 <xsd:element ref="ns3:Status"/>
                 <xsd:element ref="ns3:Working_x0020_group_x0020_REF_x0020_DOC_x0020_meeting" minOccurs="0"/>
                 <xsd:element ref="ns3:Next_x0020_date_x0020_of_x0020_delivery" minOccurs="0"/>
                 <xsd:element ref="ns3:Final_x0020_date_x0020_of_x0020_delivery"/>
                 <xsd:element ref="ns3:Leader_x0020__x0028_unit_x0029_"/>
                 <xsd:element ref="ns3:Leader_x0020__x0028_staff_x0020_member_x0029_"/>
                 <xsd:element ref="ns3:Contributors" minOccurs="0"/>
                 <xsd:element ref="ns3:Other_x0020_stakeholders" minOccurs="0"/>
                 <xsd:element ref="ns3:Validation" minOccurs="0"/>
                 <xsd:element ref="ns3:Impact_x0020_on_x0020_business_x0020_requirements_x0020_for_x0020_IT" minOccurs="0"/>
                 <xsd:element ref="ns2:_Status" minOccurs="0"/>
                 <xsd:element ref="ns3:About"/>
               </xsd:all>
             </xsd:complexType>
@@ -16348,103 +16336,112 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70374B0E-50DB-46DA-A69E-4E278AAC3007}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6856F0D-11A4-4D83-82A9-D12FFD95A384}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73351717-7652-4041-8B8C-C08065D68749}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB689C96-517C-4A78-BCBA-ACDE8FBBC5BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6856F0D-11A4-4D83-82A9-D12FFD95A384}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>REP</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>475</Words>
-  <Characters>2809</Characters>
+  <Words>445</Words>
+  <Characters>2837</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <PresentationFormat>Microsoft Word 11.0</PresentationFormat>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="10" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
@@ -16452,51 +16449,51 @@
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3278</CharactersWithSpaces>
+  <CharactersWithSpaces>3276</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>4259967</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://ec.europa.eu/education/tools/isced-f_en.htm</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4259967</vt:i4>
       </vt:variant>
       <vt:variant>