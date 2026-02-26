--- v0 (2025-10-08)
+++ v1 (2026-02-26)
@@ -865,51 +865,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Š</w:t>
             </w:r>
             <w:r w:rsidR="00174FBD">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>koda Auto</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D72C560" w14:textId="04363A2D" w:rsidR="00500C26" w:rsidRPr="007673FA" w:rsidRDefault="00500C26" w:rsidP="00500C26">
+          <w:p w14:paraId="5D72C560" w14:textId="74B01D08" w:rsidR="00500C26" w:rsidRPr="007673FA" w:rsidRDefault="00500C26" w:rsidP="00500C26">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Vysoká</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
@@ -923,62 +923,62 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>škola</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidR="00831726">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>o.p.s</w:t>
+              <w:t>z.ú</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidR="00831726">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="5D72C561" w14:textId="0AAE9926" w:rsidR="00887CE1" w:rsidRPr="00E02718" w:rsidRDefault="00526FE9" w:rsidP="00500C26">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1546,95 +1546,51 @@
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00174FBD">
                 <w:rPr>
                   <w:rStyle w:val="d-block"/>
                   <w:rFonts w:ascii="skoda-next-paneuropean-regular" w:hAnsi="skoda-next-paneuropean-regular"/>
                   <w:color w:val="002060"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
                 <w:t>denisa.rimalova@savs.cz</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00174FBD">
                 <w:rPr>
                   <w:rStyle w:val="d-block"/>
                   <w:rFonts w:ascii="skoda-next-paneuropean-regular" w:hAnsi="skoda-next-paneuropean-regular"/>
                   <w:color w:val="002060"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 </w:rPr>
-                <w:t xml:space="preserve">+420 </w:t>
-[...43 lines deleted...]
-                <w:t>147</w:t>
+                <w:t>+420 +420 730 803 147</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D72C575" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="00076EA2" w:rsidRDefault="00377526" w:rsidP="00F8782D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-992"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D72C576" w14:textId="3FC11E57" w:rsidR="00377526" w:rsidRDefault="00377526" w:rsidP="005D75AB">
       <w:pPr>
         <w:ind w:right="-992"/>
         <w:jc w:val="left"/>
@@ -3883,58 +3839,58 @@
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF398E" w:rsidRPr="008F1CA2" w:rsidSect="00865FC1">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1701" w:header="709" w:footer="397" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67F62E0C" w14:textId="77777777" w:rsidR="00AB73ED" w:rsidRDefault="00AB73ED">
+    <w:p w14:paraId="06896848" w14:textId="77777777" w:rsidR="00B27B30" w:rsidRDefault="00B27B30">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="524FF3E6" w14:textId="77777777" w:rsidR="00AB73ED" w:rsidRDefault="00AB73ED">
+    <w:p w14:paraId="19C6B675" w14:textId="77777777" w:rsidR="00B27B30" w:rsidRDefault="00B27B30">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="34985CE8" w14:textId="1665FCC8" w:rsidR="00D97FE7" w:rsidRPr="002A2E71" w:rsidRDefault="00D97FE7" w:rsidP="004A4118">
       <w:pPr>
         <w:pStyle w:val="Textvysvtlivek"/>
         <w:spacing w:after="100"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rStyle w:val="Odkaznavysvtlivky"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
@@ -4137,78 +4093,67 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Erasmus Code: </w:t>
       </w:r>
       <w:r w:rsidR="00F550D9" w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">A unique identifier that every higher education institution that has been awarded with the Erasmus Charter for Higher Education </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F550D9" w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>receives.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> It is only applicable to higher education institutions located in Programme Countries.</w:t>
+        <w:t>. It is only applicable to higher education institutions located in Programme Countries.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="5">
     <w:p w14:paraId="5D72C5CD" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="002A2E71" w:rsidRDefault="00377526" w:rsidP="004A4118">
       <w:pPr>
         <w:pStyle w:val="Textvysvtlivek"/>
         <w:spacing w:after="100"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rStyle w:val="Odkaznavysvtlivky"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002A2E71">
@@ -4270,69 +4215,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rStyle w:val="Odkaznavysvtlivky"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> All </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>refererences</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> to "</w:t>
+        <w:t>refererences to "</w:t>
       </w:r>
       <w:r w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>enterprise</w:t>
       </w:r>
       <w:r w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>" are only applicable to mobility for staff between Programme Countries</w:t>
       </w:r>
       <w:r w:rsidR="00D97FE7" w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -4526,51 +4460,51 @@
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="skoda-next-paneuropean-regular">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
@@ -4639,58 +4573,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D72C5C5" w14:textId="77777777" w:rsidR="005655B4" w:rsidRDefault="005655B4">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5D72C5C6" w14:textId="77777777" w:rsidR="00506408" w:rsidRPr="00910BEB" w:rsidRDefault="00506408" w:rsidP="00EE60CF">
     <w:pPr>
       <w:pStyle w:val="FooterDate"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0944EDA5" w14:textId="77777777" w:rsidR="00AB73ED" w:rsidRDefault="00AB73ED">
+    <w:p w14:paraId="44A8C64E" w14:textId="77777777" w:rsidR="00B27B30" w:rsidRDefault="00B27B30">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="047037BC" w14:textId="77777777" w:rsidR="00AB73ED" w:rsidRDefault="00AB73ED">
+    <w:p w14:paraId="56980C16" w14:textId="77777777" w:rsidR="00B27B30" w:rsidRDefault="00B27B30">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="8387" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7135"/>
       <w:gridCol w:w="1252"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E01AAA" w:rsidRPr="00EA286D" w14:paraId="5D72C5C1" w14:textId="77777777" w:rsidTr="00FE0FB6">
@@ -9695,50 +9629,51 @@
     <w:rsid w:val="007E35FC"/>
     <w:rsid w:val="007E4B17"/>
     <w:rsid w:val="007E5D32"/>
     <w:rsid w:val="007E7290"/>
     <w:rsid w:val="007F0F8D"/>
     <w:rsid w:val="007F183D"/>
     <w:rsid w:val="007F2282"/>
     <w:rsid w:val="007F5E06"/>
     <w:rsid w:val="007F754C"/>
     <w:rsid w:val="007F7B4F"/>
     <w:rsid w:val="00800CC5"/>
     <w:rsid w:val="008019C5"/>
     <w:rsid w:val="00801E9A"/>
     <w:rsid w:val="00801EB4"/>
     <w:rsid w:val="008056FA"/>
     <w:rsid w:val="00806147"/>
     <w:rsid w:val="00807A4F"/>
     <w:rsid w:val="00812E3E"/>
     <w:rsid w:val="00814DD9"/>
     <w:rsid w:val="008158EB"/>
     <w:rsid w:val="008169E7"/>
     <w:rsid w:val="008229D0"/>
     <w:rsid w:val="00822E96"/>
     <w:rsid w:val="00827D3F"/>
     <w:rsid w:val="00830326"/>
+    <w:rsid w:val="00831726"/>
     <w:rsid w:val="00831FDB"/>
     <w:rsid w:val="00832D56"/>
     <w:rsid w:val="00833DC4"/>
     <w:rsid w:val="00834938"/>
     <w:rsid w:val="00836F1F"/>
     <w:rsid w:val="00837C60"/>
     <w:rsid w:val="00841A91"/>
     <w:rsid w:val="008428C9"/>
     <w:rsid w:val="00844512"/>
     <w:rsid w:val="00844846"/>
     <w:rsid w:val="008452DA"/>
     <w:rsid w:val="00846806"/>
     <w:rsid w:val="00851569"/>
     <w:rsid w:val="00852A36"/>
     <w:rsid w:val="00853A8B"/>
     <w:rsid w:val="00853BE6"/>
     <w:rsid w:val="00860F93"/>
     <w:rsid w:val="00861182"/>
     <w:rsid w:val="008619EA"/>
     <w:rsid w:val="00862B57"/>
     <w:rsid w:val="0086346C"/>
     <w:rsid w:val="0086494D"/>
     <w:rsid w:val="0086496E"/>
     <w:rsid w:val="00865087"/>
     <w:rsid w:val="00865BF3"/>
@@ -10002,50 +9937,51 @@
     <w:rsid w:val="00AE2EE2"/>
     <w:rsid w:val="00AE4B27"/>
     <w:rsid w:val="00AE7B1F"/>
     <w:rsid w:val="00AF1AC7"/>
     <w:rsid w:val="00AF2293"/>
     <w:rsid w:val="00AF484B"/>
     <w:rsid w:val="00AF57BF"/>
     <w:rsid w:val="00AF5D92"/>
     <w:rsid w:val="00B03101"/>
     <w:rsid w:val="00B036A7"/>
     <w:rsid w:val="00B0513D"/>
     <w:rsid w:val="00B063DF"/>
     <w:rsid w:val="00B10CCA"/>
     <w:rsid w:val="00B1101E"/>
     <w:rsid w:val="00B12480"/>
     <w:rsid w:val="00B1257C"/>
     <w:rsid w:val="00B13BA9"/>
     <w:rsid w:val="00B14FCB"/>
     <w:rsid w:val="00B15429"/>
     <w:rsid w:val="00B1769E"/>
     <w:rsid w:val="00B21726"/>
     <w:rsid w:val="00B24354"/>
     <w:rsid w:val="00B24D10"/>
     <w:rsid w:val="00B251DF"/>
     <w:rsid w:val="00B27759"/>
+    <w:rsid w:val="00B27B30"/>
     <w:rsid w:val="00B31214"/>
     <w:rsid w:val="00B31C27"/>
     <w:rsid w:val="00B37B6A"/>
     <w:rsid w:val="00B4050A"/>
     <w:rsid w:val="00B40DFB"/>
     <w:rsid w:val="00B418E9"/>
     <w:rsid w:val="00B422F5"/>
     <w:rsid w:val="00B425C0"/>
     <w:rsid w:val="00B444A2"/>
     <w:rsid w:val="00B47FF2"/>
     <w:rsid w:val="00B51966"/>
     <w:rsid w:val="00B53C89"/>
     <w:rsid w:val="00B55BA4"/>
     <w:rsid w:val="00B605D8"/>
     <w:rsid w:val="00B61111"/>
     <w:rsid w:val="00B6179F"/>
     <w:rsid w:val="00B6334B"/>
     <w:rsid w:val="00B63ACD"/>
     <w:rsid w:val="00B65C9E"/>
     <w:rsid w:val="00B66239"/>
     <w:rsid w:val="00B67611"/>
     <w:rsid w:val="00B6764E"/>
     <w:rsid w:val="00B70D46"/>
     <w:rsid w:val="00B71396"/>
     <w:rsid w:val="00B726CA"/>
@@ -10368,50 +10304,51 @@
     <w:rsid w:val="00E90321"/>
     <w:rsid w:val="00E90DFF"/>
     <w:rsid w:val="00E915B6"/>
     <w:rsid w:val="00E92B4C"/>
     <w:rsid w:val="00E96246"/>
     <w:rsid w:val="00E972DD"/>
     <w:rsid w:val="00EA03DD"/>
     <w:rsid w:val="00EA090D"/>
     <w:rsid w:val="00EA1F01"/>
     <w:rsid w:val="00EA286D"/>
     <w:rsid w:val="00EA3143"/>
     <w:rsid w:val="00EA420A"/>
     <w:rsid w:val="00EA5136"/>
     <w:rsid w:val="00EA63A2"/>
     <w:rsid w:val="00EA6EBC"/>
     <w:rsid w:val="00EA79B4"/>
     <w:rsid w:val="00EB2FA2"/>
     <w:rsid w:val="00EB36DA"/>
     <w:rsid w:val="00EB72FE"/>
     <w:rsid w:val="00EC03D5"/>
     <w:rsid w:val="00EC050F"/>
     <w:rsid w:val="00EC15C9"/>
     <w:rsid w:val="00EC2511"/>
     <w:rsid w:val="00EC6FAA"/>
     <w:rsid w:val="00EC739B"/>
+    <w:rsid w:val="00ED01EE"/>
     <w:rsid w:val="00ED067D"/>
     <w:rsid w:val="00ED2053"/>
     <w:rsid w:val="00ED24AE"/>
     <w:rsid w:val="00ED60D4"/>
     <w:rsid w:val="00ED7B8D"/>
     <w:rsid w:val="00ED7DB2"/>
     <w:rsid w:val="00ED7DE3"/>
     <w:rsid w:val="00ED7E75"/>
     <w:rsid w:val="00ED7ED5"/>
     <w:rsid w:val="00EE0C35"/>
     <w:rsid w:val="00EE0D0E"/>
     <w:rsid w:val="00EE41DE"/>
     <w:rsid w:val="00EE5991"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rsid w:val="00EE73A0"/>
     <w:rsid w:val="00EE7AFA"/>
     <w:rsid w:val="00EF398E"/>
     <w:rsid w:val="00EF4557"/>
     <w:rsid w:val="00EF52A0"/>
     <w:rsid w:val="00EF532F"/>
     <w:rsid w:val="00EF7057"/>
     <w:rsid w:val="00F00624"/>
     <w:rsid w:val="00F0066C"/>
     <w:rsid w:val="00F00A6B"/>
     <w:rsid w:val="00F02313"/>
@@ -15524,50 +15461,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="EC Document" ma:contentTypeID="0x010100258AA79CEB83498886A3A08681123250000EE1AE26EE081346B0126385BD9103EC" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document in this library." ma:contentTypeScope="" ma:versionID="81ddc03a3be0ad4330d9ae2f0f2a8ad3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns3="0e52a87e-fa0e-4867-9149-5c43122db7fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8881e36d4c01c89c846e5b7509aad3a3" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:Year"/>
                 <xsd:element ref="ns3:Status"/>
                 <xsd:element ref="ns3:Working_x0020_group_x0020_REF_x0020_DOC_x0020_meeting" minOccurs="0"/>
                 <xsd:element ref="ns3:Next_x0020_date_x0020_of_x0020_delivery" minOccurs="0"/>
                 <xsd:element ref="ns3:Final_x0020_date_x0020_of_x0020_delivery"/>
                 <xsd:element ref="ns3:Leader_x0020__x0028_unit_x0029_"/>
                 <xsd:element ref="ns3:Leader_x0020__x0028_staff_x0020_member_x0029_"/>
                 <xsd:element ref="ns3:Contributors" minOccurs="0"/>
                 <xsd:element ref="ns3:Other_x0020_stakeholders" minOccurs="0"/>
                 <xsd:element ref="ns3:Validation" minOccurs="0"/>
                 <xsd:element ref="ns3:Impact_x0020_on_x0020_business_x0020_requirements_x0020_for_x0020_IT" minOccurs="0"/>
                 <xsd:element ref="ns2:_Status" minOccurs="0"/>
                 <xsd:element ref="ns3:About"/>
               </xsd:all>
             </xsd:complexType>
@@ -15765,181 +15711,172 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Year xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015</Year>
     <Status xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">Internal Draft</Status>
     <Next_x0020_date_x0020_of_x0020_delivery xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015-02-15T23:00:00+00:00</Next_x0020_date_x0020_of_x0020_delivery>
     <Final_x0020_date_x0020_of_x0020_delivery xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015-03-15T23:00:00+00:00</Final_x0020_date_x0020_of_x0020_delivery>
     <Contributors xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
     <_Status xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Not Started</_Status>
     <Leader_x0020__x0028_unit_x0029_ xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">A3</Leader_x0020__x0028_unit_x0029_>
     <Working_x0020_group_x0020_REF_x0020_DOC_x0020_meeting xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
     <Validation xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
     <About xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">Management of National Agencies</About>
     <Leader_x0020__x0028_staff_x0020_member_x0029_ xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">SS</Leader_x0020__x0028_staff_x0020_member_x0029_>
     <Other_x0020_stakeholders xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
     <Impact_x0020_on_x0020_business_x0020_requirements_x0020_for_x0020_IT xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60056779-2A78-4C25-8311-CCDEF7E8FA8E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEBB1225-4A6F-4E90-932E-7DAA4F9FF8C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60056779-2A78-4C25-8311-CCDEF7E8FA8E}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{019163FD-A4F1-4537-8FBB-B21913C517EF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36042D97-5254-439C-BD7E-F6600E2DF7B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>REP</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>405</Words>
-  <Characters>2390</Characters>
+  <Words>404</Words>
+  <Characters>2389</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <PresentationFormat>Microsoft Word 11.0</PresentationFormat>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2790</CharactersWithSpaces>
+  <CharactersWithSpaces>2788</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>1638523</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://ec.europa.eu/eurostat/ramon/nomenclatures/index.cfm?TargetUrl=LST_NOM_DTL&amp;StrNom=NACE_REV2&amp;StrLanguageCode=EN</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1245269</vt:i4>
       </vt:variant>
       <vt:variant>