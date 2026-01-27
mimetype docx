--- v0 (2025-10-06)
+++ v1 (2026-01-27)
@@ -1,517 +1,509 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0B829F06" w14:textId="77777777" w:rsidR="001929C2" w:rsidRDefault="001929C2" w:rsidP="00A27D8D">
+    <w:p w14:paraId="18AB7C8E" w14:textId="06C84A4B" w:rsidR="00806520" w:rsidRPr="0071506E" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>pplication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>Application</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t>Form</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="318C18A3" w14:textId="2D1B5264" w:rsidR="0071506E" w:rsidRPr="0071506E" w:rsidRDefault="0071506E" w:rsidP="00CD3540">
+    <w:p w14:paraId="05D62423" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="0071506E" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>Online MBA Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39681576" w14:textId="5CAF97C1" w:rsidR="0071506E" w:rsidRPr="0071506E" w:rsidRDefault="003E2B3D" w:rsidP="00CD3540">
+    <w:p w14:paraId="0335104F" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="0071506E" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>nformation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>about</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>application</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>requirement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>admission</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
+      <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>process</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1277F8A1" w14:textId="18757F5B" w:rsidR="0071506E" w:rsidRPr="00D14F78" w:rsidRDefault="0071506E" w:rsidP="00A27D8D">
+    <w:p w14:paraId="25BF6604" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00D14F78" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:spacing w:before="480" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The admission and studies in the online MBA program are governed the “Online MBA Program: Study and Examination Regulations.” The decision on your admission will be made based on assessment of the following criteria:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F89E4D9" w14:textId="656D93D0" w:rsidR="0071506E" w:rsidRPr="00D14F78" w:rsidRDefault="0071506E" w:rsidP="0071506E">
+    <w:p w14:paraId="3AB96D97" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00D14F78" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Previous completion of university studies (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>bachelor</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> degree at least)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081D20B1" w14:textId="77777777" w:rsidR="0071506E" w:rsidRPr="00D14F78" w:rsidRDefault="0071506E" w:rsidP="0071506E">
+    <w:p w14:paraId="76AE04EE" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00D14F78" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">3 years of professional work experience </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607BE131" w14:textId="77777777" w:rsidR="0071506E" w:rsidRPr="00D14F78" w:rsidRDefault="0071506E" w:rsidP="0071506E">
+    <w:p w14:paraId="0D001ED1" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00D14F78" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Proficiency in English (B2 level at least)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B7B0C2A" w14:textId="57F4B4D8" w:rsidR="0071506E" w:rsidRPr="00D14F78" w:rsidRDefault="0071506E" w:rsidP="0071506E">
+    <w:p w14:paraId="58AAF13F" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00D14F78" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Demonstration of motivation to study</w:t>
       </w:r>
-      <w:r w:rsidR="00A8521A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (motivation letter)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C124EF" w14:textId="77777777" w:rsidR="00CD3540" w:rsidRDefault="00CD3540" w:rsidP="0071506E">
+    <w:p w14:paraId="6A57286E" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A8E684D" w14:textId="7B422CE4" w:rsidR="0071506E" w:rsidRPr="00D14F78" w:rsidRDefault="0071506E" w:rsidP="0071506E">
+    <w:p w14:paraId="621FAF37" w14:textId="7E9662BF" w:rsidR="00806520" w:rsidRPr="00D14F78" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -688,51 +680,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>documents</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1443F890" w14:textId="4A5C1B82" w:rsidR="0071506E" w:rsidRPr="00D14F78" w:rsidRDefault="0071506E" w:rsidP="00C4777C">
+    <w:p w14:paraId="7491BC6D" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00D14F78" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14F78">
@@ -741,51 +733,51 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> copy/scan of all academic degrees</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> including complete transcripts to demonstrate successful completion of (at least) undergraduate degree (bachelor or its equivalent) spanning a period of three years minimum (180 ECTS)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA374B2" w14:textId="3096E2BC" w:rsidR="0071506E" w:rsidRPr="00D14F78" w:rsidRDefault="0071506E" w:rsidP="00C4777C">
+    <w:p w14:paraId="15F68D92" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00D14F78" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">An up-to-date professional Curriculum Vitae </w:t>
       </w:r>
@@ -807,430 +799,360 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and a motivation letter</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> demonstrating professional and career </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>interest;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2FC095F9" w14:textId="58D63B60" w:rsidR="0071506E" w:rsidRPr="00D14F78" w:rsidRDefault="0071506E" w:rsidP="00C4777C">
+    <w:p w14:paraId="2EA1EA24" w14:textId="6DD056BE" w:rsidR="00806520" w:rsidRPr="00D14F78" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A proof of proficiency in English</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - copy of </w:t>
+        <w:t xml:space="preserve"> - copy of an international certificate proving English language proficiency at least at B2 level according to CEFR (e.g. FCE; IELTS 6.0; BULATS 60; BEC Vantage; TOEIC 750; TOEFL </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D14F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>iBt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D14F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 87; PTE General Level 3). Alternative certifications or tests may be accepted based on the decision of the Head of the Department of Languages of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>an  international</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="0A464BF9" w14:textId="5FE297EA" w:rsidR="0071506E" w:rsidRPr="00D14F78" w:rsidRDefault="0071506E" w:rsidP="0071506E">
+    <w:p w14:paraId="14A0213A" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00D14F78" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A proof of payment of the application fee</w:t>
       </w:r>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of 2.420 CZK, incl. VAT. For payment details ask program administration when submitting your application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1228B6ED" w14:textId="77777777" w:rsidR="003E2B3D" w:rsidRDefault="003E2B3D" w:rsidP="003E2B3D">
+    <w:p w14:paraId="27910CA3" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00C82DC9" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
-        <w:pStyle w:val="NormalWeb"/>
-[...14 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+        <w:pStyle w:val="Normlnweb"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>What happens once your application has been received?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5326ED4E" w14:textId="23B1E995" w:rsidR="003E2B3D" w:rsidRPr="00C82DC9" w:rsidRDefault="003E2B3D" w:rsidP="00E340CB">
+    <w:p w14:paraId="029E926D" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00C82DC9" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">You receive an e-mail acknowledging a receipt of your application and containing further information on the admission process. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176AAB0C" w14:textId="5883EC43" w:rsidR="003E2B3D" w:rsidRPr="00C82DC9" w:rsidRDefault="003E2B3D" w:rsidP="00E340CB">
+    <w:p w14:paraId="1863FE79" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00C82DC9" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">You will be asked to pay the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC6811">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>dmission procedure fee</w:t>
       </w:r>
-      <w:r w:rsidR="00186E6F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C82DC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>of 2.420 CZK.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72309970" w14:textId="23B0044B" w:rsidR="003E2B3D" w:rsidRPr="00C82DC9" w:rsidRDefault="003E2B3D" w:rsidP="00A63B75">
+    <w:p w14:paraId="4F261524" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00C82DC9" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C82DC9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">You will have an interview with the MBA Program Director. The admission interview takes approximately 30 minutes. The interview will be held virtually (VOIP, Skype, Google Talk/Meet, MS Teams, WhatsApp, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> or others). </w:t>
+        <w:t xml:space="preserve">You will have an interview with the MBA Program Director. The admission interview takes approximately 30 minutes. The interview will be held virtually (VOIP, Skype, Google Talk/Meet, MS Teams, WhatsApp, telephone or others). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56CA8090" w14:textId="5838D517" w:rsidR="0071506E" w:rsidRPr="003E2B3D" w:rsidRDefault="003E2B3D" w:rsidP="00433AB6">
+    <w:p w14:paraId="1429C383" w14:textId="61F13BF7" w:rsidR="00806520" w:rsidRPr="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2B3D">
+      <w:r w:rsidRPr="00806520">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Your application will be </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003E2B3D">
+      <w:r w:rsidRPr="00806520">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>assessed</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003E2B3D">
+      <w:r w:rsidRPr="00806520">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and you will be issued a letter of admission (or denial) from the rector. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B2E5E9" w14:textId="0604BCC3" w:rsidR="0071506E" w:rsidRPr="00D14F78" w:rsidRDefault="0071506E" w:rsidP="0071506E">
+    <w:p w14:paraId="213E282D" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="0071506E" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...13 lines deleted...]
-          <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">All </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1530,58 +1452,57 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00D14F78">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:bCs/>
             <w:i/>
-            <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>mba@savs.cz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1621,602 +1542,222 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D14F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54CB02EB" w14:textId="19DE8DA4" w:rsidR="00A03C30" w:rsidRDefault="000A7080">
-[...365 lines deleted...]
-    <w:p w14:paraId="3958E727" w14:textId="77777777" w:rsidR="00A95D7B" w:rsidRDefault="00A95D7B" w:rsidP="00A95D7B">
+    <w:p w14:paraId="7F874635" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="398DC80C" w14:textId="77777777" w:rsidR="00A95D7B" w:rsidRDefault="00A95D7B" w:rsidP="00A95D7B">
+    <w:p w14:paraId="06498EA4" w14:textId="2CB6E54B" w:rsidR="00806520" w:rsidRPr="00D14F78" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:bCs/>
           <w:vanish/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
           <w:specVanish/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Application</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>Form</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="14F18618" w14:textId="335302D7" w:rsidR="00D14F78" w:rsidRDefault="00D14F78" w:rsidP="00A95D7B">
+    <w:p w14:paraId="4EF1EBE4" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78C40102" w14:textId="47930F78" w:rsidR="00A014A9" w:rsidRPr="00A014A9" w:rsidRDefault="0071506E" w:rsidP="001D0155">
+    <w:p w14:paraId="31F35A27" w14:textId="70B01D30" w:rsidR="00806520" w:rsidRPr="00A014A9" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>Online MBA Program</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC26338" w14:textId="745407C8" w:rsidR="002B30E5" w:rsidRDefault="00082C1B" w:rsidP="002B30E5">
+    <w:p w14:paraId="5FD65937" w14:textId="2F5CAB5B" w:rsidR="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6532802C" wp14:editId="434FE42D">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A57C495" wp14:editId="6C3D0863">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="leftMargin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>552450</wp:posOffset>
+                  <wp:posOffset>257175</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2171700" cy="236220"/>
                 <wp:effectExtent l="0" t="3810" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="355384914" name="Textové pole 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm rot="16200000">
                           <a:off x="0" y="0"/>
                           <a:ext cx="2171700" cy="236220"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0F62CD3B" w14:textId="3D1CA3F0" w:rsidR="00FA384C" w:rsidRPr="00082C1B" w:rsidRDefault="00FA384C">
+                          <w:p w14:paraId="12510BFE" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00082C1B" w:rsidRDefault="00806520" w:rsidP="00806520">
                             <w:pPr>
                               <w:rPr>
                                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00082C1B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                               <w:t>Please</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00082C1B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:bCs/>
@@ -2321,54 +1862,58 @@
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="6532802C" id="Textové pole 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:119.8pt;margin-top:43.5pt;width:171pt;height:18.6pt;rotation:-90;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:left-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAu1N5NNwIAAGoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+l2VJAinKEtFEVJVQ&#10;EolUORuvN6zk9bi2YZd+fZ+9QGjaU1UO1tjz9nnmvTE3t12j2U45X5MpeD4YcqaMpLI2rwX//rz4&#10;dM2ZD8KUQpNRBd8rz29nHz/ctHaqRrQhXSrHQGL8tLUF34Rgp1nm5UY1wg/IKoNkRa4RAVv3mpVO&#10;tGBvdDYaDsdZS660jqTyHqf3fZLPEn9VKRkeq8qrwHTBUVtIq0vrOq7Z7EZMX52wm1oeyhD/UEUj&#10;aoNLT1T3Igi2dfUfVE0tHXmqwkBSk1FV1VKlHtBNPnzXzWojrEq9QBxvTzL5/0crH3Yr++RY6L5Q&#10;BwOjIK31U4/D2E9XuYY5gm75GHrjl9pE4QxwKLo/qai6wCQOR/kknwDHJHKji/FolGTOerJIap0P&#10;XxU1LAYFd3ApsYrd0gcUAOgREuGedF0uaq3TJk6GutOO7QQ81SGVjC9+Q2nD2oKPL676cg3Fz3tm&#10;bXDBW4sxCt26Y3WJao/tr6ncQ5XUODrxVi5q1LoUPjwJhwnBIaY+PGKpNOEuOkScbcj9/Nt5xMM4&#10;ZDlrMXEF9z+2winO9DcDSz/nl5egDWlzeTWBbMydZ9bnGbNt7ggC5Km6FEZ80MewctS84HHM461I&#10;CSNxd8HDMbwL/TvA45JqPk8gDKUVYWlWVkbqo1nP3Ytw9mBXgNEPdJxNMX3nWo+NXxqabwNVdbI0&#10;6tyrepAfA52cPjy++GLO9wn19hcx+wUAAP//AwBQSwMEFAAGAAgAAAAhAN7JfubeAAAACwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxah4iakMapEI8PoOmCpRubOGo8jmKnDv16&#10;pivYzdUc3TlT7RY3sLOZQu9RwsM6A2aw9brHTsKh+VgVwEJUqNXg0Uj4MQF29e1NpUrtE36a8z52&#10;jEowlEqCjXEsOQ+tNU6FtR8N0u7bT05FilPH9aQSlbuB51kmuFM90gWrRvNqTXvaz05CeE95toR0&#10;KebGBt647vL1lqS8v1tetsCiWeIfDFd9UoeanI5+Rh3YQHmTPxIqYSU2NFyJ4lkAO0rIn4QAXlf8&#10;/w/1LwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAu1N5NNwIAAGoEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDeyX7m3gAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shapetype w14:anchorId="4A57C495" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textové pole 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:119.8pt;margin-top:20.25pt;width:171pt;height:18.6pt;rotation:-90;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:left-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBa9CwtMwIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fYSkFLqIUDEqpkmo&#10;rUSnPhvHJpEcn2cbEvbrd3YCZd2epvFgnX1fPt9935n5fdcochTW1aALmo7GlAjNoaz1vqDfX9af&#10;7ihxnumSKdCioCfh6P3i44d5a3KRQQWqFJYgiXZ5awpaeW/yJHG8Eg1zIzBCY1KCbZjHrd0npWUt&#10;sjcqycbjadKCLY0FLpzD04c+SReRX0rB/ZOUTniiCoq1+bjauO7CmizmLN9bZqqaD2Wwf6iiYbXG&#10;Sy9UD8wzcrD1H1RNzS04kH7EoUlAypqL2AN2k47fdbOtmBGxFxTHmYtM7v/R8sfj1jxb4rsv0KGB&#10;QZDWuNzhYeink7YhFlC3dIp64y+2iYUThKOip4uKovOE42GWztIZ4gjHXHYzzbIoc9KTBVJjnf8q&#10;oCEhKKhFlyIrO26cxwIQeoYEuANVl+taqbgJkyFWypIjQ0+VjyXjF7+hlCZtQac3t325GsLnPbPS&#10;eMFbiyHy3a4b+t5BeUI5YsfYgjN8XWORG+b8M7M4GniI4+6fcJEK8BIYIkoqsD//dh7w6BhmKWlx&#10;1ArqfhyYFZSobxq9/JxOJkjr42ZyO0O9iL3O7K4z+tCsADtPY3UxDHivzqG00Lziq1iGWzHFNMe7&#10;C+rP4cr3DwBfFRfLZQThNBrmN3preKA+u/TSvTJrBp88OvwI56Fk+Tu7emz4UsPy4EHW0csgcK/q&#10;oDtOcrR4eHXhqVzvI+rtv2HxCwAA//8DAFBLAwQUAAYACAAAACEA2wlDON4AAAAMAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FrbAao0jVMhHh9Aw4KlG0+TiHgcxU4d+vW4K1he&#10;zdG9Z8r9Ygd2xsn3jhTItQCG1DjTU6vgs35f5cB80GT04AgV/KCHfXV7U+rCuEgfeD6ElqUS8oVW&#10;0IUwFpz7pkOr/dqNSOl2cpPVIcWp5WbSMZXbgWdCbLjVPaWFTo/40mHzfZitAv8WM7H4eMnnuvO8&#10;tu3l6zUqdX+3PO+ABVzCHwxX/aQOVXI6upmMZ0PKT9ljQhWspJRbYFck326AHRVkD0ICr0r+/4nq&#10;FwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFr0LC0zAgAAYwQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANsJQzjeAAAADAEAAA8AAAAAAAAAAAAA&#10;AAAAjQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="0F62CD3B" w14:textId="3D1CA3F0" w:rsidR="00FA384C" w:rsidRPr="00082C1B" w:rsidRDefault="00FA384C">
+                    <w:p w14:paraId="12510BFE" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00082C1B" w:rsidRDefault="00806520" w:rsidP="00806520">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00082C1B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Please</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00082C1B">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:bCs/>
@@ -2473,1259 +2018,1589 @@
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:id w:val="-939143350"/>
         <w:showingPlcHdr/>
         <w:picture/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="6257F00D" w14:textId="47BD9868" w:rsidR="002B30E5" w:rsidRDefault="00E7135D" w:rsidP="001D0155">
+        <w:p w14:paraId="3D298506" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
           <w:pPr>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="22"/>
               <w:szCs w:val="17"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="17"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63675C49" wp14:editId="7FF6F4C4">
-[...2 lines deleted...]
-                <wp:docPr id="8" name="Picture 11"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16E251A8" wp14:editId="5D94A2C6">
+                <wp:extent cx="809625" cy="1136745"/>
+                <wp:effectExtent l="38100" t="38100" r="28575" b="44450"/>
+                <wp:docPr id="8" name="Picture 11">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
-                        <pic:cNvPr id="0" name="Picture 8"/>
+                        <pic:cNvPr id="8" name="Picture 11">
+                          <a:extLst>
+                            <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                            </a:ext>
+                          </a:extLst>
+                        </pic:cNvPr>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId16">
+                        <a:blip r:embed="rId11">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1065323" cy="1495756"/>
+                          <a:ext cx="817591" cy="1147930"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:srgbClr val="002060"/>
                           </a:solidFill>
                           <a:prstDash val="sysDash"/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="597B1EA4" w14:textId="5F9D50F7" w:rsidR="002B30E5" w:rsidRDefault="002B30E5" w:rsidP="002B30E5">
+    <w:p w14:paraId="7CE0FC2F" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F2F1963" w14:textId="2BB75578" w:rsidR="006A6C87" w:rsidRPr="0071506E" w:rsidRDefault="006A6C87" w:rsidP="00082C1B">
+    <w:p w14:paraId="5E37A270" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="0071506E" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Personal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00481AA7">
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>nformation</w:t>
+        <w:t>Information</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="4536"/>
         <w:gridCol w:w="3261"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C82DC9" w:rsidRPr="00C82DC9" w14:paraId="161630F8" w14:textId="77777777" w:rsidTr="006A6C87">
+      <w:tr w:rsidR="00806520" w:rsidRPr="00C82DC9" w14:paraId="0A625634" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="346779F2" w14:textId="31A36BAB" w:rsidR="00C82DC9" w:rsidRPr="008004B2" w:rsidRDefault="00C82DC9" w:rsidP="00C82DC9">
+          <w:p w14:paraId="175F9D33" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="008004B2" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008004B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Last </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008004B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>name</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="-102654828"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7797" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
-              <w:p w14:paraId="00BE0D70" w14:textId="19E5EF96" w:rsidR="00C82DC9" w:rsidRPr="00FF2974" w:rsidRDefault="00E7135D" w:rsidP="00033A62">
+              <w:p w14:paraId="4A1E6054" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E7135D">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C82DC9" w:rsidRPr="00C82DC9" w14:paraId="30CAC654" w14:textId="77777777" w:rsidTr="006A6C87">
+      <w:tr w:rsidR="00806520" w:rsidRPr="00C82DC9" w14:paraId="59215544" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="6C61652C" w14:textId="0831DF5B" w:rsidR="00C82DC9" w:rsidRPr="008004B2" w:rsidRDefault="00C82DC9" w:rsidP="00C82DC9">
+          <w:p w14:paraId="7991BAA4" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="008004B2" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008004B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>First name</w:t>
-            </w:r>
+              <w:t>First</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>name</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="120351268"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7797" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
-              <w:p w14:paraId="6F732E79" w14:textId="6C9CAFF5" w:rsidR="00C82DC9" w:rsidRPr="00FF2974" w:rsidRDefault="00E7135D" w:rsidP="00C82DC9">
+              <w:p w14:paraId="66B216CB" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00E7135D">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C82DC9" w:rsidRPr="00C82DC9" w14:paraId="51902364" w14:textId="77777777" w:rsidTr="006A6C87">
+      <w:tr w:rsidR="00806520" w:rsidRPr="00C82DC9" w14:paraId="579CAD75" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="228B6A26" w14:textId="5A0C6527" w:rsidR="00C82DC9" w:rsidRPr="008004B2" w:rsidRDefault="00C82DC9" w:rsidP="00C82DC9">
+          <w:p w14:paraId="6ED104A4" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="008004B2" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008004B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Date of Birth (dd/mm/yyyy)</w:t>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Birth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>dd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yyyy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="-1818184090"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3261" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="5973FBCF" w14:textId="0DA19BC5" w:rsidR="00C82DC9" w:rsidRPr="001413FD" w:rsidRDefault="001413FD" w:rsidP="00033A62">
+              <w:p w14:paraId="63ABF9D8" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="001413FD" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001413FD">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C82DC9" w:rsidRPr="00C82DC9" w14:paraId="2F289B96" w14:textId="77777777" w:rsidTr="006A6C87">
+      <w:tr w:rsidR="00806520" w:rsidRPr="00C82DC9" w14:paraId="0657F68D" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="21AAA273" w14:textId="6407F18A" w:rsidR="00C82DC9" w:rsidRPr="008004B2" w:rsidRDefault="00C82DC9" w:rsidP="00C82DC9">
+          <w:p w14:paraId="30B7411D" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="008004B2" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008004B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Place of Birth (City, Country)</w:t>
+              <w:t xml:space="preserve">Place </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Birth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (City, Country)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="939421005"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3261" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="2A26D791" w14:textId="34EF0BEA" w:rsidR="00C82DC9" w:rsidRPr="001413FD" w:rsidRDefault="001413FD" w:rsidP="00C82DC9">
+              <w:p w14:paraId="0149C6B0" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="001413FD" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001413FD">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C82DC9" w:rsidRPr="00C82DC9" w14:paraId="7798733D" w14:textId="77777777" w:rsidTr="006A6C87">
+      <w:tr w:rsidR="00806520" w:rsidRPr="00C82DC9" w14:paraId="7CDDB372" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="43E58F07" w14:textId="7E8233BE" w:rsidR="00C82DC9" w:rsidRPr="008004B2" w:rsidRDefault="00C82DC9" w:rsidP="00C82DC9">
+          <w:p w14:paraId="779A43EE" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="008004B2" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008004B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Birth certificate number (for Czech citizens or permanent residents)</w:t>
+              <w:t>Birth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>number</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Czech </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>citizens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> permanent </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>residents</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008004B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="-511372794"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3261" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="58ACC899" w14:textId="7EA3393D" w:rsidR="00C82DC9" w:rsidRPr="001413FD" w:rsidRDefault="001413FD" w:rsidP="00C82DC9">
+              <w:p w14:paraId="742CFC73" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="001413FD" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="001413FD">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7642CA39" w14:textId="77777777" w:rsidR="00101A8B" w:rsidRDefault="0071506E" w:rsidP="0071506E">
+    <w:p w14:paraId="603A1D5D" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B54E543" w14:textId="77777777" w:rsidR="00101A8B" w:rsidRPr="0071506E" w:rsidRDefault="00101A8B" w:rsidP="00786312">
+    <w:p w14:paraId="308569DA" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="0071506E" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Residence Address</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Residence </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Address</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1271"/>
         <w:gridCol w:w="3475"/>
         <w:gridCol w:w="2373"/>
         <w:gridCol w:w="2374"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BC6811" w14:paraId="1CC03EE7" w14:textId="77777777" w:rsidTr="00486193">
+      <w:tr w:rsidR="00806520" w14:paraId="099DF796" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:trPr>
           <w:trHeight w:val="211"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="6EE05BD6" w14:textId="77777777" w:rsidR="00BC6811" w:rsidRPr="00101A8B" w:rsidRDefault="00BC6811" w:rsidP="0071506E">
+          <w:p w14:paraId="093AADB6" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00101A8B" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00101A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1798911530"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8222" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
-              <w:p w14:paraId="0F03B841" w14:textId="3E828AEA" w:rsidR="00BC6811" w:rsidRPr="008004B2" w:rsidRDefault="00FF2974" w:rsidP="0071506E">
+              <w:p w14:paraId="2B26C69B" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="008004B2" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00FF2974">
+                <w:r w:rsidRPr="00806520">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C82DC9" w14:paraId="1FE9C67D" w14:textId="77777777" w:rsidTr="00E7135D">
+      <w:tr w:rsidR="00806520" w14:paraId="09B90061" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:trPr>
           <w:trHeight w:val="111"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="57A5277F" w14:textId="77777777" w:rsidR="00C82DC9" w:rsidRPr="00101A8B" w:rsidRDefault="00C82DC9" w:rsidP="0071506E">
+          <w:p w14:paraId="0C2FEFB7" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00101A8B" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00101A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zip </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00101A8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Code</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="-1589766151"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="3475" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="75E91A03" w14:textId="7B07DB83" w:rsidR="00C82DC9" w:rsidRPr="00FF2974" w:rsidRDefault="00FF2974" w:rsidP="0071506E">
+              <w:p w14:paraId="260BF821" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FF2974">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2373" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="0A97CDFE" w14:textId="36FEBE58" w:rsidR="00C82DC9" w:rsidRPr="008004B2" w:rsidRDefault="00BC6811" w:rsidP="0071506E">
+          <w:p w14:paraId="343AC9C1" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="008004B2" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008004B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:bCs/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:id w:val="-633948975"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2374" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="3F5AF806" w14:textId="075ADB19" w:rsidR="00C82DC9" w:rsidRPr="008004B2" w:rsidRDefault="00FF2974" w:rsidP="0071506E">
+              <w:p w14:paraId="4E5ABAB1" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="008004B2" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00FF2974">
+                <w:r w:rsidRPr="00806520">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BC6811" w14:paraId="43DD5570" w14:textId="77777777" w:rsidTr="00486193">
+      <w:tr w:rsidR="00806520" w14:paraId="3A459CD4" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="3723DD45" w14:textId="77777777" w:rsidR="00BC6811" w:rsidRPr="00BC6811" w:rsidRDefault="00BC6811" w:rsidP="0071506E">
+          <w:p w14:paraId="1950482E" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00BC6811" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC6811">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="-749350309"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8222" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
-              <w:p w14:paraId="35E240D1" w14:textId="3314B2D0" w:rsidR="00BC6811" w:rsidRPr="00FF2974" w:rsidRDefault="00FF2974" w:rsidP="0071506E">
+              <w:p w14:paraId="37EDD65E" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FF2974">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="498ABE50" w14:textId="77777777" w:rsidR="0071506E" w:rsidRPr="0071506E" w:rsidRDefault="0071506E" w:rsidP="0071506E">
+    <w:p w14:paraId="1B9E5233" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="0071506E" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FF60A9A" w14:textId="7631F54C" w:rsidR="00BC6811" w:rsidRPr="0071506E" w:rsidRDefault="00BC6811" w:rsidP="00786312">
+    <w:p w14:paraId="23C4388F" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="0071506E" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Contact </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>Contact</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>nformation</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1271"/>
         <w:gridCol w:w="8222"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BC6811" w:rsidRPr="00C82DC9" w14:paraId="29EDA04C" w14:textId="77777777" w:rsidTr="00E7135D">
+      <w:tr w:rsidR="00806520" w:rsidRPr="00C82DC9" w14:paraId="371FFAA7" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:trPr>
           <w:trHeight w:val="85"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD6451E" w14:textId="2B837E88" w:rsidR="00BC6811" w:rsidRPr="00C82DC9" w:rsidRDefault="00BC6811" w:rsidP="00C944CE">
+          <w:p w14:paraId="39BA8B1C" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00C82DC9" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="1297337041"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8222" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
-              <w:p w14:paraId="7A2649E4" w14:textId="0D2AE058" w:rsidR="00BC6811" w:rsidRPr="00FF2974" w:rsidRDefault="00FF2974" w:rsidP="00281BF8">
+              <w:p w14:paraId="44777DC0" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FF2974">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00BC6811" w:rsidRPr="00C82DC9" w14:paraId="099C8B12" w14:textId="77777777" w:rsidTr="00E7135D">
+      <w:tr w:rsidR="00806520" w:rsidRPr="00C82DC9" w14:paraId="338618D6" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:trPr>
           <w:trHeight w:val="147"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C2B4FD0" w14:textId="6D071806" w:rsidR="00BC6811" w:rsidRPr="00C82DC9" w:rsidRDefault="00BC6811" w:rsidP="00C944CE">
+          <w:p w14:paraId="60DFB295" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00C82DC9" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="-638421918"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="8222" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
-              <w:p w14:paraId="44A1ADFD" w14:textId="1003CCF8" w:rsidR="00BC6811" w:rsidRPr="00FF2974" w:rsidRDefault="00FF2974" w:rsidP="00281BF8">
+              <w:p w14:paraId="00D2D6C6" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FF2974">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35E05D8C" w14:textId="2140B8F9" w:rsidR="0071506E" w:rsidRPr="0071506E" w:rsidRDefault="0071506E" w:rsidP="0071506E">
+    <w:p w14:paraId="3A739858" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="0071506E" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1923BD" w14:textId="4A0A63C4" w:rsidR="00BC6811" w:rsidRDefault="00BC6811" w:rsidP="00786312">
+    <w:p w14:paraId="7FA83BB3" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Form of payment</w:t>
-      </w:r>
+        <w:t>Form</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>payment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3539"/>
         <w:gridCol w:w="5954"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E2B3D" w:rsidRPr="00C82DC9" w14:paraId="0ED2C93E" w14:textId="77777777" w:rsidTr="00E7135D">
+      <w:tr w:rsidR="00806520" w:rsidRPr="00C82DC9" w14:paraId="35943EFD" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:trPr>
           <w:trHeight w:val="319"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B5018AE" w14:textId="151A2B21" w:rsidR="003E2B3D" w:rsidRPr="00693657" w:rsidRDefault="003E2B3D" w:rsidP="00C944CE">
+          <w:p w14:paraId="74072E5F" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Admission</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
@@ -3752,1620 +3627,2880 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>fee</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACFBEAC" w14:textId="4FE94AC9" w:rsidR="003E2B3D" w:rsidRPr="00693657" w:rsidRDefault="001413FD" w:rsidP="00281BF8">
+          <w:p w14:paraId="528AE587" w14:textId="5D6B1A98" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="003406D1" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-650825869"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00632522" w:rsidRPr="00693657">
+                <w:r w:rsidR="00806520">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="003E2B3D" w:rsidRPr="00693657">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>will be paid by student</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003E2B3D" w:rsidRPr="00693657">
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>paid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by student</w:t>
+            </w:r>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1422722818"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00FF2974">
+                <w:r w:rsidR="00806520">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="003E2B3D" w:rsidRPr="00693657">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>will be paid by company*</w:t>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>paid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>company</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E2B3D" w:rsidRPr="00C82DC9" w14:paraId="1BD4BB9B" w14:textId="77777777" w:rsidTr="008004B2">
+      <w:tr w:rsidR="00806520" w:rsidRPr="00C82DC9" w14:paraId="3A84565C" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="477F13A2" w14:textId="759ADD5E" w:rsidR="003E2B3D" w:rsidRPr="00693657" w:rsidRDefault="003E2B3D" w:rsidP="00C944CE">
+          <w:p w14:paraId="13414CAD" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tuition</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>fee</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="71210BF5" w14:textId="0D3CEF10" w:rsidR="003E2B3D" w:rsidRPr="00693657" w:rsidRDefault="001413FD" w:rsidP="00281BF8">
+          <w:p w14:paraId="4B273761" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="003406D1" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="963698264"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="003E2B3D" w:rsidRPr="00693657">
+                <w:r w:rsidR="00806520" w:rsidRPr="00693657">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="003E2B3D" w:rsidRPr="00693657">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>will be paid by student</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003E2B3D" w:rsidRPr="00693657">
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>paid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by student</w:t>
+            </w:r>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1179692816"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BA4534" w:rsidRPr="00693657">
+                <w:r w:rsidR="00806520" w:rsidRPr="00693657">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="003E2B3D" w:rsidRPr="00693657">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>will be paid by company*</w:t>
+              <w:t>will</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>paid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>company</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00806520" w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7641D646" w14:textId="77777777" w:rsidR="00A74D6D" w:rsidRDefault="00A74D6D" w:rsidP="0071506E">
+    <w:p w14:paraId="01F1E443" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33954331" w14:textId="44CB02C9" w:rsidR="0071506E" w:rsidRDefault="00D14F78" w:rsidP="00786312">
+    <w:p w14:paraId="37CE93D7" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="0071506E" w:rsidRPr="0071506E">
-[...6 lines deleted...]
-        <w:t>Company Address (if applicable)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Company</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Address</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>applicable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="2483"/>
         <w:gridCol w:w="2373"/>
         <w:gridCol w:w="2374"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D14F78" w14:paraId="1BBCB7C1" w14:textId="77777777" w:rsidTr="00D14F78">
+      <w:tr w:rsidR="00806520" w14:paraId="26E34A75" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="112BDF5B" w14:textId="54FFF833" w:rsidR="00D14F78" w:rsidRPr="00693657" w:rsidRDefault="00D14F78" w:rsidP="00281BF8">
+          <w:p w14:paraId="0B0A6D1D" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Name of the company</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Name </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>company</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="854840922"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7230" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
-              <w:p w14:paraId="5B245423" w14:textId="4C2DC299" w:rsidR="00D14F78" w:rsidRPr="00693657" w:rsidRDefault="00FF2974" w:rsidP="00281BF8">
+              <w:p w14:paraId="2A089906" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FF2974">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D14F78" w14:paraId="2D760B81" w14:textId="77777777" w:rsidTr="00D14F78">
+      <w:tr w:rsidR="00806520" w14:paraId="7E575CB1" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="31E23650" w14:textId="421E5F8C" w:rsidR="00D14F78" w:rsidRPr="00693657" w:rsidRDefault="00D14F78" w:rsidP="00281BF8">
+          <w:p w14:paraId="78AC24B8" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="-2121902982"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="4E4A74AD" w14:textId="12614BD8" w:rsidR="00D14F78" w:rsidRPr="00FF2974" w:rsidRDefault="00FF2974" w:rsidP="00281BF8">
+              <w:p w14:paraId="7F09AC36" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FF2974">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2373" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="196AF3FB" w14:textId="77777777" w:rsidR="00D14F78" w:rsidRPr="00693657" w:rsidRDefault="00D14F78" w:rsidP="00281BF8">
+          <w:p w14:paraId="3120A01C" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="635992344"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2374" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="371EA393" w14:textId="70C412A0" w:rsidR="00D14F78" w:rsidRPr="00FF2974" w:rsidRDefault="00FF2974" w:rsidP="00281BF8">
+              <w:p w14:paraId="4BAB1BD3" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FF2974">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D14F78" w14:paraId="2ED8E258" w14:textId="77777777" w:rsidTr="00D14F78">
+      <w:tr w:rsidR="00806520" w14:paraId="7CEC5D44" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="1851FC1E" w14:textId="18FD0577" w:rsidR="00D14F78" w:rsidRPr="00693657" w:rsidRDefault="00D14F78" w:rsidP="00D14F78">
+          <w:p w14:paraId="788BF9D8" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="-482936485"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="1C41C186" w14:textId="20177856" w:rsidR="00D14F78" w:rsidRPr="00FF2974" w:rsidRDefault="000A245A" w:rsidP="00D14F78">
+              <w:p w14:paraId="2CFCC3F0" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000A245A">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2373" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="21A9F51E" w14:textId="23256DCD" w:rsidR="00D14F78" w:rsidRPr="00693657" w:rsidRDefault="00D14F78" w:rsidP="00D14F78">
+          <w:p w14:paraId="77F59A63" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Zip code</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Zip </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00693657">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>code</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="611946137"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2374" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               </w:tcPr>
-              <w:p w14:paraId="48F30A24" w14:textId="784760D1" w:rsidR="00D14F78" w:rsidRPr="00FF2974" w:rsidRDefault="00FF2974" w:rsidP="00D14F78">
+              <w:p w14:paraId="2430BDC1" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FF2974">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D14F78" w14:paraId="0AE15BE2" w14:textId="77777777" w:rsidTr="00693657">
+      <w:tr w:rsidR="00806520" w14:paraId="4BE4CF61" w14:textId="77777777" w:rsidTr="00D61E38">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="6DF20938" w14:textId="1A86F84F" w:rsidR="00D14F78" w:rsidRPr="00693657" w:rsidRDefault="00D14F78" w:rsidP="00281BF8">
+          <w:p w14:paraId="12C2F6D6" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ID (IČO)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="-539124413"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="79588893" w14:textId="3562AFC7" w:rsidR="00D14F78" w:rsidRPr="00FF2974" w:rsidRDefault="00FF2974" w:rsidP="00281BF8">
+              <w:p w14:paraId="5C843067" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FF2974">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2373" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="CBDEF5"/>
           </w:tcPr>
-          <w:p w14:paraId="547C6A82" w14:textId="6AD70CE9" w:rsidR="00D14F78" w:rsidRPr="00693657" w:rsidRDefault="00D14F78" w:rsidP="00281BF8">
+          <w:p w14:paraId="5641D641" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00693657" w:rsidRDefault="00806520" w:rsidP="00D61E38">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:bCs/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:id w:val="1928690041"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1A529DB15B8B458480B57AE89162C4EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2374" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="440EE7D9" w14:textId="3461D616" w:rsidR="00D14F78" w:rsidRPr="00FF2974" w:rsidRDefault="00FF2974" w:rsidP="00281BF8">
+              <w:p w14:paraId="36C5589A" w14:textId="77777777" w:rsidR="00806520" w:rsidRPr="00FF2974" w:rsidRDefault="00806520" w:rsidP="00D61E38">
                 <w:pPr>
                   <w:autoSpaceDE w:val="0"/>
                   <w:autoSpaceDN w:val="0"/>
                   <w:adjustRightInd w:val="0"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00FF2974">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rStyle w:val="Zstupntext"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F336456" w14:textId="77777777" w:rsidR="00171544" w:rsidRDefault="00171544" w:rsidP="00D14F78">
+    <w:p w14:paraId="23F4A85D" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49A186F7" w14:textId="77777777" w:rsidR="001D0155" w:rsidRDefault="001413FD" w:rsidP="001D0155">
+    <w:p w14:paraId="7BEBAF61" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="003406D1" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Hypertextovodkaz"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="17"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:id w:val="7725717"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00FF2974">
+          <w:r w:rsidR="00806520">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:sz w:val="22"/>
               <w:szCs w:val="17"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00D14F78" w:rsidRPr="0071506E">
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve"> I hereby confirm that I have read and understood the Information Memorandum on personal data processing at ŠAVŠ placed on </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00D14F78" w:rsidRPr="0071506E">
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>hereby</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>confirm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>read</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>understood</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Memorandum on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>personal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>processing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ŠAVŠ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>placed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00806520" w:rsidRPr="0071506E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:bCs/>
             <w:i/>
-            <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="17"/>
           </w:rPr>
           <w:t>https://www.savs.cz/en/personal-data-protection</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="65976018" w14:textId="74285067" w:rsidR="00C82DC9" w:rsidRPr="003E2B3D" w:rsidRDefault="0071506E" w:rsidP="001D0155">
+    <w:p w14:paraId="43A84BC1" w14:textId="50C62E3B" w:rsidR="005C7817" w:rsidRDefault="00806520" w:rsidP="00806520">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
-          <w:rStyle w:val="Strong"/>
+          <w:rStyle w:val="Siln"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Send your application</w:t>
       </w:r>
-      <w:r w:rsidR="003E2B3D">
-[...1 lines deleted...]
-          <w:rStyle w:val="Strong"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Siln"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> including an appendix</w:t>
       </w:r>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
-          <w:rStyle w:val="Strong"/>
+          <w:rStyle w:val="Siln"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> by email to:</w:t>
       </w:r>
       <w:r w:rsidRPr="0071506E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="0071506E">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>mba@savs.cz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00C82DC9" w:rsidRPr="003E2B3D" w:rsidSect="00DA4A71">
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId21"/>
+    <w:sectPr w:rsidR="005C7817" w:rsidSect="00806520">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="993" w:right="1080" w:bottom="426" w:left="1080" w:header="426" w:footer="1380" w:gutter="0"/>
+      <w:pgMar w:top="1985" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="1664" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="489A1A48" w14:textId="77777777" w:rsidR="0037337C" w:rsidRDefault="0037337C" w:rsidP="002311F5">
+    <w:p w14:paraId="50601E2D" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23BB0BD3" w14:textId="77777777" w:rsidR="0037337C" w:rsidRDefault="0037337C" w:rsidP="002311F5">
+    <w:p w14:paraId="503CC821" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="2F93163F" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1797FAEF" w14:textId="1CF7AE63" w:rsidR="0057755B" w:rsidRDefault="0057755B" w:rsidP="0045594D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3EE296BC" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRDefault="005027DC">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
-[...4 lines deleted...]
-      </w:tabs>
+      <w:pStyle w:val="Zpat"/>
     </w:pPr>
-  </w:p>
-[...382 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="005027DC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="164D848E" wp14:editId="6CF70580">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="66C234C3" wp14:editId="436F1194">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4224020</wp:posOffset>
+            <wp:posOffset>-936530</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-3810</wp:posOffset>
+            <wp:posOffset>-1372235</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2121535" cy="636905"/>
-[...16 lines deleted...]
-          <wp:docPr id="1997800167" name="Obrázek 1" descr="Obsah obrázku černá, tma&#10;&#10;Popis byl vytvořen automaticky"/>
+          <wp:extent cx="7826400" cy="2610000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1586660991" name="Obrázek 1" descr="Obsah obrázku snímek obrazovky, černá&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1983554055" name="Obrázek 1" descr="Obsah obrázku černá, tma&#10;&#10;Popis byl vytvořen automaticky"/>
+                  <pic:cNvPr id="1275915408" name="Obrázek 1" descr="Obsah obrázku snímek obrazovky, černá&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2121535" cy="636905"/>
+                    <a:ext cx="7826400" cy="2610000"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00A85A10">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:noProof/>
+        <w:color w:val="202122"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17023475" wp14:editId="4AA3303D">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>2268747</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="3851910" cy="975360"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="10" name="Skupina 10"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="3851910" cy="975360"/>
+                        <a:chOff x="0" y="0"/>
+                        <a:chExt cx="3851910" cy="975360"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <wps:wsp>
+                      <wps:cNvPr id="4" name="Text Box 311"/>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1532255" cy="975360"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7C5399AD" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="00BD68AD" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BD68AD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Škoda Auto Vysoká škola </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidR="00066807">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>z</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BD68AD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00066807">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>ú</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidR="00066807">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2E3B850C" w14:textId="77777777" w:rsidR="00213E95" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BD68AD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Na Karmeli 1457</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3C6BF94C" w14:textId="77777777" w:rsidR="00213E95" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BD68AD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>29</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00240AB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>3</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BD68AD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00240AB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>0</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BD68AD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>1 Mladá Boleslav</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1547AD95" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="00BD68AD" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BD68AD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Czech Republic</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="79DADFDA" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="00BD68AD" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="5CCAAD46" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="00BD68AD" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:hyperlink r:id="rId2" w:history="1">
+                              <w:r w:rsidRPr="00BD68AD">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hypertextovodkaz"/>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:color w:val="auto"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>info@is.savs.cz</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                            <w:r w:rsidRPr="00BD68AD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> | </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId3" w:history="1">
+                              <w:r w:rsidRPr="00BD68AD">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hypertextovodkaz"/>
+                                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                  <w:color w:val="auto"/>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>www.savs.cz</w:t>
+                              </w:r>
+                            </w:hyperlink>
+                            <w:r>
+                              <w:rPr>
+                                <w:rStyle w:val="Hypertextovodkaz"/>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:color w:val="auto"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BD68AD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>|</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                    <wps:wsp>
+                      <wps:cNvPr id="7" name="Text Box 311"/>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="1828800" y="0"/>
+                          <a:ext cx="2023110" cy="829310"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="79B29499" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="007F29DE" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007F29DE">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">IČ: 29142890 | DIČ: CZ29142890 | </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="52FBA08D" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BD68AD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Bank</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00054D34">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidR="00054D34">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>Account</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="00BD68AD">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">: CZK: </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="007F29DE">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>131-2481860237/0100</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1A4B1B84" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="007F29DE" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007F29DE">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>IBAN: CZ03 0100 0001 3124 8186 0237</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4E6B45B5" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="007F29DE" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007F29DE">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>EUR: 131-2481900227/0100</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="045E17C9" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007F29DE">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>IBAN: CZ77 0100 0001 3124 8190 0227</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="28C32422" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="00BD68AD" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                            <w:pPr>
+                              <w:jc w:val="both"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="007F29DE">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:sz w:val="14"/>
+                                <w:szCs w:val="14"/>
+                              </w:rPr>
+                              <w:t>SWIFT: KOMBCZPP</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group w14:anchorId="17023475" id="Skupina 10" o:spid="_x0000_s1027" style="position:absolute;margin-left:178.65pt;margin-top:0;width:303.3pt;height:76.8pt;z-index:251658240;mso-position-vertical:bottom;mso-position-vertical-relative:page" coordsize="38519,9753" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBjZqebbgIAABkHAAAOAAAAZHJzL2Uyb0RvYy54bWzUlV1P2zAUhu8n7T9Yvl/TpC20ESliMNAk&#10;tiHBfoDrOB9a4uMduyTs13PstKUUaZqYkLabxJ/H73nyHufktG8bdq/Q1qAzHo/GnCktIa91mfHv&#10;d5cf5pxZJ3QuGtAq4w/K8tPl+3cnnUlVAhU0uUJGQbRNO5PxyjmTRpGVlWqFHYFRmiYLwFY46mIZ&#10;5Sg6it42UTIeH0UdYG4QpLKWRi+GSb4M8YtCSfetKKxyrMk4aXPhieG58s9oeSLSEoWparmRIV6h&#10;ohW1pkN3oS6EE2yN9YtQbS0RLBRuJKGNoChqqUIOlE08PsjmCmFtQi5l2pVmh4nQHnB6dVj59f4K&#10;za25QSLRmZJYhJ7PpS+w9W9SyfqA7GGHTPWOSRqczGfxIiaykuYWx7PJ0YaprAj8i22y+vT7jdH2&#10;2OiZmM6QPewTAft3BG4rYVQAa1MicIOszjM+5UyLlkx657P7CD2bxLF3iD+dlnlKzPU0QU4PX9ua&#10;a5A/LNNwXgldqjNE6ColctIXdlIWu61DHOuDrLovkNNBYu0gBPoT1PFskiSz2SHqHTGRGrTuSkHL&#10;fCPjSO4P0cX9tXWUBy3dLvHfVcNl3TShAhr9bIAW+pGg3gsepLt+1W9orCB/oDwQhoKiC4AaFeAv&#10;zjoqpozbn2uBirPmsyYWi3g69dUXOtPZcUId3J9Z7c8ILSlUxh1nQ/PcDRW7NliXFZ000NdwRvyK&#10;OqTmQQ+qNrrJLoPsN/fN8T/jm3iezOdjgvuyUJNxQm7eFOo8WUyoPVhi672tNd7QPaHMdiX1v5go&#10;XEV0/4YC2vwr/AW/3w+me/qjLR8BAAD//wMAUEsDBBQABgAIAAAAIQBVGIhm3wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3cSQaGM2pRT1VIS2gnibZqdJaHY3ZLdJ+u8d&#10;T3oc3seb7xWr2XRipMG3ziqIFxEIspXTra0VfB7eHp5B+IBWY+csKbiSh1V5e1Ngrt1kdzTuQy24&#10;xPocFTQh9LmUvmrIoF+4nixnJzcYDHwOtdQDTlxuOvkYRZk02Fr+0GBPm4aq8/5iFLxPOK2T+HXc&#10;nk+b6/ch/fjaxqTU/d28fgERaA5/MPzqszqU7HR0F6u96BQk6VPCqAJexPEyS5YgjsylSQayLOT/&#10;AeUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGNmp5tuAgAAGQcAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFUYiGbfAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 311" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;width:15322;height:9753;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDaNpDHwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbJoqKW40iirAnF//swt4ezbMtNi+libb77TeC4HGYmd8wy3VrS/Gg2heONYyGCgRx&#10;6kzBmYbLeT+Yg/AB2WDpmDT8kYf1qttZYmJcw0d6nEImIoR9ghryEKpESp/mZNEPXUUcvaurLYYo&#10;60yaGpsIt6UcKzWTFguOCzlWtM0pvZ3uVsP34fr7M1Ff2c5Oq8a1SrL9kFr3e+1mASJQG97hV/vT&#10;aJjA80q8AXL1DwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANo2kMfBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="7C5399AD" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="00BD68AD" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BD68AD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Škoda Auto Vysoká škola </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidR="00066807">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>z</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BD68AD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00066807">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>ú</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidR="00066807">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2E3B850C" w14:textId="77777777" w:rsidR="00213E95" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BD68AD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Na Karmeli 1457</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3C6BF94C" w14:textId="77777777" w:rsidR="00213E95" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BD68AD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>29</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00240AB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>3</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BD68AD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00240AB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>0</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BD68AD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>1 Mladá Boleslav</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1547AD95" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="00BD68AD" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BD68AD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Czech Republic</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="79DADFDA" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="00BD68AD" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="5CCAAD46" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="00BD68AD" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:hyperlink r:id="rId4" w:history="1">
+                        <w:r w:rsidRPr="00BD68AD">
+                          <w:rPr>
+                            <w:rStyle w:val="Hypertextovodkaz"/>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:color w:val="auto"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                          <w:t>info@is.savs.cz</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                      <w:r w:rsidRPr="00BD68AD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> | </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId5" w:history="1">
+                        <w:r w:rsidRPr="00BD68AD">
+                          <w:rPr>
+                            <w:rStyle w:val="Hypertextovodkaz"/>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                            <w:color w:val="auto"/>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                          <w:t>www.savs.cz</w:t>
+                        </w:r>
+                      </w:hyperlink>
+                      <w:r>
+                        <w:rPr>
+                          <w:rStyle w:val="Hypertextovodkaz"/>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:color w:val="auto"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BD68AD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>|</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+              <v:shape id="Text Box 311" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:18288;width:20231;height:8293;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAq5A6wwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTedNdS2xqzkaIInixNW8HbI/tMgtm3Ibua9N93BaHHYWa+YdLVYBtxpc7XjjXMpgoE&#10;ceFMzaWG76/t5A2ED8gGG8ek4Zc8rLLRQ4qJcT1/0jUPpYgQ9glqqEJoEyl9UZFFP3UtcfROrrMY&#10;ouxKaTrsI9w28kmpF2mx5rhQYUvriopzfrEafvan4+FZfZQbO297NyjJdiG1fhwP70sQgYbwH763&#10;d0bDK9yuxBsgsz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKuQOsMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="79B29499" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="007F29DE" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007F29DE">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">IČ: 29142890 | DIČ: CZ29142890 | </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="52FBA08D" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BD68AD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Bank</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00054D34">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidR="00054D34">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>Account</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="00BD68AD">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">: CZK: </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="007F29DE">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>131-2481860237/0100</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1A4B1B84" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="007F29DE" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007F29DE">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>IBAN: CZ03 0100 0001 3124 8186 0237</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4E6B45B5" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="007F29DE" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007F29DE">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>EUR: 131-2481900227/0100</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="045E17C9" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007F29DE">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>IBAN: CZ77 0100 0001 3124 8190 0227</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="28C32422" w14:textId="77777777" w:rsidR="00A85A10" w:rsidRPr="00BD68AD" w:rsidRDefault="00A85A10" w:rsidP="00A85A10">
+                      <w:pPr>
+                        <w:jc w:val="both"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="007F29DE">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:sz w:val="14"/>
+                          <w:szCs w:val="14"/>
+                        </w:rPr>
+                        <w:t>SWIFT: KOMBCZPP</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+              <w10:wrap anchory="page"/>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4865B40C" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5447E987" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="7BD956E3" w14:textId="77777777" w:rsidR="00806520" w:rsidRDefault="00806520"/>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1882AC96" w14:textId="60822BF2" w:rsidR="00A85A10" w:rsidRDefault="00BA62E5">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:noProof/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64064517" wp14:editId="5F956031">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-935653</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-440615</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7595904" cy="1914525"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1162739807" name="Obrázek 6" descr="Obsah obrázku snímek obrazovky, Barevnost, Grafika&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="258811649" name="Obrázek 6" descr="Obsah obrázku snímek obrazovky, Barevnost, Grafika&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7597053" cy="1914815"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-  </w:p>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidR="004A4073">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:noProof/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="009813AB" wp14:editId="65372EC2">
+          <wp:extent cx="1818168" cy="552482"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2041648571" name="Obrázek 7" descr="Obsah obrázku Grafika, snímek obrazovky, grafický design, design&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="566003072" name="Obrázek 7" descr="Obsah obrázku Grafika, snímek obrazovky, grafický design, design&#10;&#10;Obsah vygenerovaný umělou inteligencí může být nesprávný."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1986912" cy="603758"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48D3189D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C658AB5C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5780,241 +6915,201 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2123570332">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="122968489">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="300887243">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...2 lines deleted...]
-  <w:hideGrammaticalErrors/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="8ziDP4YwSbtaTFuTyhjGwslLtrWjMFqh8vY4p1ngkrcxh3KBg3iYEOOGraQpC+9RrHbeHdeWM2QRbaoxQWp1PA==" w:salt="/iz3ErfmLxZnpMpilXme3g=="/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PuvBCGu1J34p87uWziXNdScfP9mHuRE9MzUbP5FsNKaMzmYs1qRgJn7GzCBNJiWZY+C2n3WVXqlcWGr+kB9bpw==" w:salt="m7Sg0w2xLpnYkt98oWLKKg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002311F5"/>
-[...120 lines deleted...]
-    <w:rsid w:val="00FF2974"/>
+    <w:rsidRoot w:val="00806520"/>
+    <w:rsid w:val="00042310"/>
+    <w:rsid w:val="00054D34"/>
+    <w:rsid w:val="00066807"/>
+    <w:rsid w:val="00080830"/>
+    <w:rsid w:val="0009534A"/>
+    <w:rsid w:val="000A2FD8"/>
+    <w:rsid w:val="001452FD"/>
+    <w:rsid w:val="00166EDF"/>
+    <w:rsid w:val="0019367B"/>
+    <w:rsid w:val="001C01F7"/>
+    <w:rsid w:val="00213E95"/>
+    <w:rsid w:val="00240AB5"/>
+    <w:rsid w:val="00254AEC"/>
+    <w:rsid w:val="002C7AAE"/>
+    <w:rsid w:val="002F2906"/>
+    <w:rsid w:val="00331C1E"/>
+    <w:rsid w:val="00333B7E"/>
+    <w:rsid w:val="003406D1"/>
+    <w:rsid w:val="00354AA5"/>
+    <w:rsid w:val="0035763D"/>
+    <w:rsid w:val="00362258"/>
+    <w:rsid w:val="003D7811"/>
+    <w:rsid w:val="003E41E9"/>
+    <w:rsid w:val="0041006A"/>
+    <w:rsid w:val="00426BAB"/>
+    <w:rsid w:val="004653A2"/>
+    <w:rsid w:val="004A4073"/>
+    <w:rsid w:val="004A6D41"/>
+    <w:rsid w:val="005027DC"/>
+    <w:rsid w:val="005610B9"/>
+    <w:rsid w:val="005C7817"/>
+    <w:rsid w:val="0063316D"/>
+    <w:rsid w:val="007473FA"/>
+    <w:rsid w:val="00766276"/>
+    <w:rsid w:val="00806520"/>
+    <w:rsid w:val="00806884"/>
+    <w:rsid w:val="00880458"/>
+    <w:rsid w:val="008A3DD3"/>
+    <w:rsid w:val="008B6758"/>
+    <w:rsid w:val="0091208F"/>
+    <w:rsid w:val="00977953"/>
+    <w:rsid w:val="009C28D6"/>
+    <w:rsid w:val="009E4868"/>
+    <w:rsid w:val="009F1E84"/>
+    <w:rsid w:val="00A34610"/>
+    <w:rsid w:val="00A6644D"/>
+    <w:rsid w:val="00A8213D"/>
+    <w:rsid w:val="00A85A10"/>
+    <w:rsid w:val="00B053B0"/>
+    <w:rsid w:val="00B530F8"/>
+    <w:rsid w:val="00B55B3F"/>
+    <w:rsid w:val="00BA04E0"/>
+    <w:rsid w:val="00BA62E5"/>
+    <w:rsid w:val="00BC71A0"/>
+    <w:rsid w:val="00C366E1"/>
+    <w:rsid w:val="00C54A34"/>
+    <w:rsid w:val="00DD0226"/>
+    <w:rsid w:val="00DE0340"/>
+    <w:rsid w:val="00E108D4"/>
+    <w:rsid w:val="00E173D4"/>
+    <w:rsid w:val="00E30162"/>
+    <w:rsid w:val="00E51E66"/>
+    <w:rsid w:val="00E624D3"/>
+    <w:rsid w:val="00E976B9"/>
+    <w:rsid w:val="00EC7A9F"/>
+    <w:rsid w:val="00EC7BAD"/>
+    <w:rsid w:val="00ED0C68"/>
+    <w:rsid w:val="00EF7715"/>
+    <w:rsid w:val="00F249C2"/>
+    <w:rsid w:val="00FE478C"/>
+    <w:rsid w:val="12DABF58"/>
+    <w:rsid w:val="557B0CA0"/>
+    <w:rsid w:val="56329929"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="cs-CZ"/>
+  <w:themeFontLang w:val="cs-CZ" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4D2991DA"/>
+  <w14:docId w14:val="09D16343"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{183BD555-A0F7-4F58-94D7-B5EDE8929825}"/>
+  <w15:docId w15:val="{886CC2EA-BD03-434C-88B5-549CC7F1DC56}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
-        <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6350,401 +7445,415 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC6811"/>
+    <w:rsid w:val="00806520"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="en-US" w:bidi="he-IL"/>
+      <w:lang w:bidi="he-IL"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...2 lines deleted...]
-    <w:link w:val="HeaderChar"/>
+  <w:style w:type="character" w:styleId="Hypertextovodkaz">
+    <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002311F5"/>
+    <w:rsid w:val="005C7817"/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zhlav">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="ZhlavChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C7817"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
+    <w:name w:val="Záhlaví Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Zhlav"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002311F5"/>
+    <w:rsid w:val="005C7817"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="he-IL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Zpat">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Normln"/>
+    <w:link w:val="ZpatChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002311F5"/>
+    <w:rsid w:val="00880458"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
+    <w:name w:val="Zápatí Char"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:link w:val="Zpat"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002311F5"/>
+    <w:rsid w:val="00880458"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="he-IL"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
+  <w:style w:type="paragraph" w:styleId="Normlnweb">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normln"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0057755B"/>
+    <w:rsid w:val="00806520"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="cs-CZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...20 lines deleted...]
-  <w:style w:type="character" w:styleId="Strong">
+  <w:style w:type="character" w:styleId="Siln">
     <w:name w:val="Strong"/>
     <w:qFormat/>
-    <w:rsid w:val="0071506E"/>
+    <w:rsid w:val="00806520"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Zstupntext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0071506E"/>
+    <w:rsid w:val="00806520"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Mkatabulky">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normlntabulka"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00C82DC9"/>
+    <w:rsid w:val="00806520"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="cs-CZ"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...10 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.savs.cz/en/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mba@savs.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mba@savs.cz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.savs.cz/en/personal-data-protection" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mba@savs.cz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.savs.cz/en/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mba@savs.cz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mba@savs.cz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.savs.cz/en/personal-data-protection" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mba@savs.cz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mba@savs.cz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.savs.cz/en/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mba@savs.cz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.savs.cz/en/" TargetMode="External"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://savsmb.sharepoint.com/sites/PRoddlen/Sdilene%20dokumenty/General%202023/CI/Zm&#283;na%20n&#225;zvu%20&#353;koly%202023/Hlavi&#269;kov&#253;%20pap&#237;r/www.savs.cz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@is.savs.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://savsmb.sharepoint.com/sites/PRoddlen/Sdilene%20dokumenty/General%202023/CI/Zm&#283;na%20n&#225;zvu%20&#353;koly%202023/Hlavi&#269;kov&#253;%20pap&#237;r/www.savs.cz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@is.savs.cz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\makalousova\Downloads\Letterhead_vyska_sablona.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:name w:val="1A529DB15B8B458480B57AE89162C4EC"/>
         <w:category>
-          <w:name w:val="General"/>
+          <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{04462958-5BBD-45ED-ACEC-3BCFB18A8396}"/>
+        <w:guid w:val="{89A73DE6-5543-4D61-9B6B-0D47D5A54AD9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="002A5692" w:rsidRDefault="002A5692">
+        <w:p w:rsidR="000275C1" w:rsidRDefault="000275C1" w:rsidP="000275C1">
+          <w:pPr>
+            <w:pStyle w:val="1A529DB15B8B458480B57AE89162C4EC"/>
+          </w:pPr>
           <w:r w:rsidRPr="001F31D1">
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
+              <w:rStyle w:val="Zstupntext"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002A5692"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009D6B9D"/>
+    <w:rsidRoot w:val="000275C1"/>
+    <w:rsid w:val="000275C1"/>
+    <w:rsid w:val="00042310"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7088,96 +8197,100 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Zstupntext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002A5692"/>
+    <w:rsid w:val="000275C1"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1A529DB15B8B458480B57AE89162C4EC">
+    <w:name w:val="1A529DB15B8B458480B57AE89162C4EC"/>
+    <w:rsid w:val="000275C1"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -7446,156 +8559,135 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...12 lines deleted...]
-    <xsd:import namespace="1132bedf-6d4a-457c-bdf1-aed3bf2787f5"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100E80CE59B5B3F5A4C91CFD198A32B5E86" ma:contentTypeVersion="11" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="96f16ec5aca0f63ef55230141162ebbf">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a49cbf54-bdb8-4315-bc65-bb6a2aac908c" xmlns:ns3="832afcc4-76a3-4867-b69a-4e561e25368f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="997ffc0323e173ae831f22fe0f50f54e" ns2:_="" ns3:_="">
+    <xsd:import namespace="a49cbf54-bdb8-4315-bc65-bb6a2aac908c"/>
     <xsd:import namespace="832afcc4-76a3-4867-b69a-4e561e25368f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1132bedf-6d4a-457c-bdf1-aed3bf2787f5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a49cbf54-bdb8-4315-bc65-bb6a2aac908c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
-      </xsd:simpleType>
-[...5 lines deleted...]
-        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Značky obrázků" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="2c015388-728b-493f-9202-169f7b5b84f5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Značky obrázků" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="2c015388-728b-493f-9202-169f7b5b84f5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="832afcc4-76a3-4867-b69a-4e561e25368f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0bdb44dd-c014-4854-a53b-7bb7c26091e8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="832afcc4-76a3-4867-b69a-4e561e25368f">
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0bdb44dd-c014-4854-a53b-7bb7c26091e8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="832afcc4-76a3-4867-b69a-4e561e25368f">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ obsahu"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Nadpis"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -7662,158 +8754,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="832afcc4-76a3-4867-b69a-4e561e25368f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a49cbf54-bdb8-4315-bc65-bb6a2aac908c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{64B9D095-289A-47DE-96E3-0F42248E77FF}">
-[...16 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A73FCEB2-FEC3-4A66-8D5D-10CC80698FE7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2FF1AE0-0336-4763-BDD5-6827731F6D1D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="1132bedf-6d4a-457c-bdf1-aed3bf2787f5"/>
+    <ds:schemaRef ds:uri="a49cbf54-bdb8-4315-bc65-bb6a2aac908c"/>
     <ds:schemaRef ds:uri="832afcc4-76a3-4867-b69a-4e561e25368f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73D9C66E-0EFB-425D-91B3-BC8A1D3C5331}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="832afcc4-76a3-4867-b69a-4e561e25368f"/>
+    <ds:schemaRef ds:uri="a49cbf54-bdb8-4315-bc65-bb6a2aac908c"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A098BD4B-EC0A-495E-9DD5-FAB4E1E29A0C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F117CD07-B0BF-43E9-B6CB-BD08ED53C02B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Letterhead_vyska_sablona</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>579</Words>
-  <Characters>3303</Characters>
+  <Words>561</Words>
+  <Characters>3313</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3875</CharactersWithSpaces>
+  <CharactersWithSpaces>3867</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Microsoft Office User</dc:creator>
+  <dc:creator>Makaloušová, Zdenka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100CEA6FF01EF7B474786BEA2D3C80BD491</vt:lpwstr>
+    <vt:lpwstr>0x010100E80CE59B5B3F5A4C91CFD198A32B5E86</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>