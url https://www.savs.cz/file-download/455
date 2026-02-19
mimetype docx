--- v0 (2025-10-09)
+++ v1 (2026-02-19)
@@ -115,216 +115,211 @@
         <w:gridCol w:w="580"/>
         <w:gridCol w:w="412"/>
         <w:gridCol w:w="862"/>
         <w:gridCol w:w="218"/>
         <w:gridCol w:w="845"/>
         <w:gridCol w:w="1394"/>
         <w:gridCol w:w="836"/>
         <w:gridCol w:w="697"/>
         <w:gridCol w:w="1254"/>
       </w:tblGrid>
       <w:tr w:rsidR="00335864" w14:paraId="5C213BDF" w14:textId="77777777" w:rsidTr="0015768C">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A264825" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-42"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Trainee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79AA7021" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Last name(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A9CA723" w14:textId="46A84946" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>First name(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06C4BB04" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1274" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44473F00" w14:textId="5E5DF500" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -334,92 +329,90 @@
             </w:r>
             <w:r w:rsidR="004368A1">
               <w:rPr>
                 <w:rStyle w:val="Odkaznavysvtlivky"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:endnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C48C5D4" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Gender [Male/Female/Undefined]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EDA4643" w14:textId="2088A163" w:rsidR="00335864" w:rsidRDefault="008A55F9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -438,51 +431,50 @@
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:br/>
               <w:t>(EQF level)</w:t>
             </w:r>
             <w:r w:rsidR="00043873">
               <w:rPr>
                 <w:rStyle w:val="EndnoteAnchor"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:endnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66C62FB6" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -494,286 +486,277 @@
               <w:rPr>
                 <w:rStyle w:val="EndnoteAnchor"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:endnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="60D88F79" w14:textId="77777777" w:rsidTr="0015768C">
         <w:trPr>
           <w:trHeight w:val="124"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0202C34A" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-42"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F0AA93A" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="170AEA85" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18D3AFA2" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C059FFD" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1274" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED760FC" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37B0869A" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A28A0BC" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53AAF728" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="6860CC22" w14:textId="77777777" w:rsidTr="0015768C">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41272F2F" w14:textId="11D0CF99" w:rsidR="00335864" w:rsidRPr="00341694" w:rsidRDefault="00043873" w:rsidP="001A144E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-42"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD3847">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
@@ -783,278 +766,297 @@
               <w:t>Sending Institution</w:t>
             </w:r>
             <w:r w:rsidR="001A144E" w:rsidRPr="00FD3847">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="174A04A7" w14:textId="77777777" w:rsidR="00335864" w:rsidRPr="00341694" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00341694">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DA147B3" w14:textId="77777777" w:rsidR="00335864" w:rsidRPr="00F60A62" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00341694">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Faculty/ Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F484702" w14:textId="7A995459" w:rsidR="00335864" w:rsidRPr="00341694" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C7419">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Erasmus code</w:t>
+              <w:t xml:space="preserve">Erasmus </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002C7419">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>code</w:t>
             </w:r>
             <w:r w:rsidRPr="00341694">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00341694">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00341694">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>(if applicable)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00341694">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1274" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12D925A5" w14:textId="77777777" w:rsidR="00335864" w:rsidRPr="00F60A62" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00341694">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F85DF9E" w14:textId="77777777" w:rsidR="00335864" w:rsidRPr="002C7419" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C7419">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4181" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE07E79" w14:textId="6745DAE8" w:rsidR="00335864" w:rsidRPr="00341694" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA25F7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
@@ -1067,254 +1069,291 @@
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>; email</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0015768C" w14:paraId="6C68A5D2" w14:textId="77777777" w:rsidTr="0015768C">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64842EEF" w14:textId="77777777" w:rsidR="0015768C" w:rsidRDefault="0015768C" w:rsidP="0015768C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-42"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E0966F5" w14:textId="3C0FF29C" w:rsidR="0015768C" w:rsidRPr="0015768C" w:rsidRDefault="0015768C" w:rsidP="0015768C">
+          <w:p w14:paraId="3E0966F5" w14:textId="0BC9D504" w:rsidR="0015768C" w:rsidRPr="0015768C" w:rsidRDefault="0015768C" w:rsidP="0015768C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Škoda Auto University</w:t>
+              <w:t xml:space="preserve">Škoda Auto </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003C3383">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Vysoká</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003C3383">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> škola</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09BFA092" w14:textId="77777777" w:rsidR="0015768C" w:rsidRPr="00FD3847" w:rsidRDefault="0015768C" w:rsidP="0015768C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="177FB32B" w14:textId="1A7634BE" w:rsidR="0015768C" w:rsidRPr="00FD3847" w:rsidRDefault="0015768C" w:rsidP="0015768C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>CZ MLADA01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1274" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19093FF5" w14:textId="43D22C5F" w:rsidR="0015768C" w:rsidRPr="00FD3847" w:rsidRDefault="0015768C" w:rsidP="0015768C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Na Karmeli 1457, Mladá Boleslav 293 01</w:t>
+              <w:t xml:space="preserve">Na Karmeli 1457, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Mladá</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Boleslav 293 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12E74A7C" w14:textId="70FD200F" w:rsidR="0015768C" w:rsidRPr="00FD3847" w:rsidRDefault="0015768C" w:rsidP="0015768C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Czech Republic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4181" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03E4731A" w14:textId="77777777" w:rsidR="0015768C" w:rsidRDefault="0015768C" w:rsidP="0015768C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Barbora Jiránková, </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
@@ -1408,51 +1447,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>+420 730 803 147</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="030F16CB" w14:textId="77777777" w:rsidTr="0015768C">
         <w:trPr>
           <w:trHeight w:val="213"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05AE4EE5" w14:textId="1A9DE25B" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-42"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
@@ -1469,321 +1507,408 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B15665C" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F048F9E" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D068313" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Address; website</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1274" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DDF7891" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Country</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01215EDF" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Size</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78413ECA" w14:textId="413321F1" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>Contact person</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Contact </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>person</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="EndnoteAnchor"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:endnoteReference w:id="5"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> name; position; email</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>name</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>position;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>email</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A12CAE9" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -1792,233 +1917,243 @@
               <w:t>Mentor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="EndnoteAnchor"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:endnoteReference w:id="6"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> name; position;</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> name; </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>position;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="3DFF37DE" w14:textId="5058C883" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>email</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="7775F897" w14:textId="77777777" w:rsidTr="0015768C">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74EA26BC" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55DCF4F5" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18AE32BF" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1212" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DDD97C2" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1274" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6913ED87" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1063" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8C3E38" w14:textId="132CABBB" w:rsidR="00335864" w:rsidRDefault="00F5734C">
+          <w:p w14:paraId="3C8C3E38" w14:textId="132CABBB" w:rsidR="00335864" w:rsidRDefault="003C3383">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1466095883"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00043873">
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00043873">
@@ -2055,51 +2190,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FD3847">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>≤</w:t>
             </w:r>
             <w:r w:rsidR="00043873">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>250 employees</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B3BAC94" w14:textId="449702D7" w:rsidR="00335864" w:rsidRDefault="00F5734C">
+          <w:p w14:paraId="6B3BAC94" w14:textId="449702D7" w:rsidR="00335864" w:rsidRDefault="003C3383">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1251780030"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00043873">
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00043873">
               <w:rPr>
@@ -2123,108 +2258,105 @@
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00043873">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>&gt; 250 employees</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B58997B" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4104FD4B" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="052BED8B" w14:textId="77777777" w:rsidTr="004A21A7">
         <w:trPr>
           <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11056" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="03CEAA9A" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2A737F3C" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
@@ -2244,128 +2376,125 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Before the mobility</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="6051F2B6" w14:textId="77777777" w:rsidTr="004A21A7">
         <w:trPr>
           <w:trHeight w:val="100"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0144AF23" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10072" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="42FF89B0" w14:textId="5403FB21" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Table A - Traineeship Programme at the Receiving Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="6DEE861C" w14:textId="77777777" w:rsidTr="004A21A7">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11056" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42D92A40" w14:textId="02D84639" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
@@ -2514,105 +2643,131 @@
             </w:r>
             <w:r w:rsidR="001A144E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">month/year] ……………. to </w:t>
+              <w:t xml:space="preserve">month/year] ……………. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:r w:rsidR="008A55F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>day (optional)</w:t>
+              <w:t>day</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="008A55F9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (optional)</w:t>
             </w:r>
             <w:r w:rsidR="001A144E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>month/year] …………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="199DDD82" w14:textId="77777777" w:rsidTr="0015768C">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="729BDCC6" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5812"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -2623,94 +2778,92 @@
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5812"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="014D9D72" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5812"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number of working hours per week: …</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="609C19C2" w14:textId="77777777" w:rsidTr="004A21A7">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11056" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58477574" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Detailed programme of the traineeship (including the virtual component, if applicable):</w:t>
             </w:r>
           </w:p>
@@ -2747,51 +2900,50 @@
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="762626A4" w14:textId="77777777" w:rsidTr="004A21A7">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11056" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F951A7D" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Traineeship in digital skills</w:t>
             </w:r>
             <w:r>
@@ -2845,51 +2997,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="31D1E373" w14:textId="77777777" w:rsidTr="004A21A7">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11056" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30A55DBC" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Knowledge</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2931,51 +3082,50 @@
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="7274311E" w14:textId="77777777" w:rsidTr="004A21A7">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11056" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C0F7D41" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Monitoring plan:</w:t>
             </w:r>
           </w:p>
@@ -3000,51 +3150,50 @@
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="119DB2C9" w14:textId="77777777" w:rsidTr="004A21A7">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11056" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E8D370B" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Evaluation plan:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A85979C" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
@@ -3060,246 +3209,236 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="321603D4" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="09C6413B" w14:textId="77777777" w:rsidTr="004A21A7">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69E08988" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="66090F4E" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="049D0891" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="175E655D" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B636D97" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="845" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="506FF44D" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="71FBFB85" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6AED1D71" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1254" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="258F6945" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="2C281E35" w14:textId="77777777" w:rsidTr="004A21A7">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11056" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15C11AA6" w14:textId="502BD897" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">The level of </w:t>
             </w:r>
             <w:r>
@@ -3332,51 +3471,73 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  in ________ [</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>indicate here the main language of work</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">] that the trainee already has or agrees to acquire by the start of the mobility period is: </w:t>
+              <w:t xml:space="preserve">] that the trainee already has or agrees to acquire by the start of the mobility period </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>is:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">A1 </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="382507125"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
@@ -3552,51 +3713,50 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3400"/>
         <w:gridCol w:w="1561"/>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="1700"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2267"/>
       </w:tblGrid>
       <w:tr w:rsidR="00335864" w14:paraId="22C40475" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="104"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11055" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="33689743" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
@@ -3718,100 +3878,98 @@
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="10560" w:type="dxa"/>
               <w:tblInd w:w="185" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3479"/>
               <w:gridCol w:w="7081"/>
             </w:tblGrid>
             <w:tr w:rsidR="00335864" w14:paraId="54F793BE" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="184"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3479" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="0AD162AA" w14:textId="381D23BF" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>Award ……...…ECTS credits (or equivalent)</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rStyle w:val="EndnoteAnchor"/>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:endnoteReference w:id="10"/>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7080" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="1DC2CB22" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Give a grade based on:     Traineeship certificate </w:t>
                   </w:r>
@@ -3865,51 +4023,50 @@
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="48964A51" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="166"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10559" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="38EBC94C" w14:textId="4B8A2ABF" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>Record the traineeship in the trainee</w:t>
@@ -3931,98 +4088,121 @@
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>s Transcript of Records and Diploma Supplement (or equivalent).</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="508C0EB0" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="166"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10559" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="48ADD9DF" w14:textId="0F22028D" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>Record the traineeship in the trainee</w:t>
                   </w:r>
                   <w:r w:rsidR="004A21A7">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>’</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">s Europass Mobility Document: Yes </w:t>
+                    <w:t xml:space="preserve">s </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+                    </w:rPr>
+                    <w:t>Europass</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Mobility Document: Yes </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:id w:val="2101983084"/>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">  No </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
@@ -4097,51 +4277,50 @@
             <w:tblPr>
               <w:tblW w:w="10560" w:type="dxa"/>
               <w:tblInd w:w="185" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2400"/>
               <w:gridCol w:w="1560"/>
               <w:gridCol w:w="6600"/>
             </w:tblGrid>
             <w:tr w:rsidR="00335864" w14:paraId="7DBEC5B1" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="192"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3960" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="5F952954" w14:textId="450F6005" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
                     <w:t xml:space="preserve">Award ECTS credits (or equivalent):  Yes </w:t>
@@ -4179,93 +4358,91 @@
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:id w:val="1800108006"/>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6599" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="785F5EA5" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> If yes, please indicate the number of credits: ….</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="34D8A066" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="96"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2400" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="1AB30AEB" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Give a grade: Yes </w:t>
@@ -4304,51 +4481,50 @@
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:id w:val="2000295144"/>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8159" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="61B69756" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">If yes, please indicate if this will be based on:   Traineeship certificate </w:t>
@@ -4403,51 +4579,50 @@
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="6D5E6039" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="166"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10559" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="758E40F1" w14:textId="2F83CFAA" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>Record the traineeship in the trainee</w:t>
@@ -4513,51 +4688,50 @@
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="4F364CE0" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="166"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10559" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="589E6284" w14:textId="2EF2140B" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>Record the traineeship in the trainee</w:t>
@@ -4579,98 +4753,121 @@
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>s Diploma Supplement (or equivalent).</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="5BB9AD55" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="166"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10559" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="71300EEE" w14:textId="0C2780A7" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>Record the traineeship in the trainee</w:t>
                   </w:r>
                   <w:r w:rsidR="004A21A7">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>’</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">s Europass Mobility Document: Yes </w:t>
+                    <w:t xml:space="preserve">s </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+                    </w:rPr>
+                    <w:t>Europass</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Mobility Document: Yes </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:id w:val="1170939477"/>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">   No </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
@@ -4743,51 +4940,50 @@
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="10560" w:type="dxa"/>
               <w:tblInd w:w="185" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5281"/>
               <w:gridCol w:w="5279"/>
             </w:tblGrid>
             <w:tr w:rsidR="00335864" w14:paraId="6EF24290" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="166"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5280" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="6BCC7C6D" w14:textId="79E383C4" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Award ECTS credits (or equivalent):  Yes </w:t>
                   </w:r>
@@ -4813,141 +5009,163 @@
                     </w:rPr>
                     <w:t xml:space="preserve">    No </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:id w:val="1110380663"/>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5279" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="1ECE6480" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>If yes, please indicate the number of credits: ….</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="4995FDF2" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="166"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10559" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="5EF073C4" w14:textId="13BA01CA" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>Record the traineeship in the trainee</w:t>
                   </w:r>
                   <w:r w:rsidR="004A21A7">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>’</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">s Europass Mobility Document </w:t>
+                    <w:t xml:space="preserve">s </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+                    </w:rPr>
+                    <w:t>Europass</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Mobility Document </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:i/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>(highly recommended)</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">: Yes </w:t>
                   </w:r>
                   <w:sdt>
@@ -5049,51 +5267,50 @@
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="10560" w:type="dxa"/>
               <w:tblInd w:w="185" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5281"/>
               <w:gridCol w:w="5279"/>
             </w:tblGrid>
             <w:tr w:rsidR="00335864" w14:paraId="7413F100" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="166"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5280" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="44ADEF2E" w14:textId="40C531B7" w:rsidR="004A21A7" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">The </w:t>
@@ -5247,51 +5464,50 @@
                 </w:p>
                 <w:p w14:paraId="0C8CC1D0" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5279" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="0EF3F500" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">The accident insurance covers:  </w:t>
@@ -5405,51 +5621,50 @@
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="071E0454" w14:textId="77777777">
               <w:trPr>
                 <w:trHeight w:val="166"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10559" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="3C1184BC" w14:textId="4D579676" w:rsidR="00335864" w:rsidRDefault="00043873" w:rsidP="007B612D">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">The </w:t>
@@ -5591,51 +5806,50 @@
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="6F384145" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1496"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11055" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54EBC6C2" w14:textId="5681AB25" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
@@ -5671,51 +5885,50 @@
             <w:tblPr>
               <w:tblW w:w="10560" w:type="dxa"/>
               <w:tblInd w:w="185" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="5933"/>
               <w:gridCol w:w="1867"/>
               <w:gridCol w:w="2760"/>
             </w:tblGrid>
             <w:tr w:rsidR="00335864" w14:paraId="501A11D3" w14:textId="77777777" w:rsidTr="00254E54">
               <w:trPr>
                 <w:trHeight w:val="184"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7800" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="2AB0C6B6" w14:textId="079A27B0" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">The Receiving Organisation will provide financial support to the trainee for the traineeship:  Yes </w:t>
                   </w:r>
@@ -5774,108 +5987,119 @@
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:sdt>
                     <w:sdtPr>
                       <w:id w:val="571824916"/>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2760" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="5AC40138" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
-                    <w:t>If yes, amount (EUR/month): ………..</w:t>
+                    <w:t>If yes, amount (EUR/month): ……</w:t>
                   </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="16"/>
+                      <w:szCs w:val="16"/>
+                      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+                    </w:rPr>
+                    <w:t>…..</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
                 </w:p>
                 <w:p w14:paraId="2C6F97AA" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="14D0DAEB" w14:textId="77777777" w:rsidTr="00254E54">
               <w:trPr>
                 <w:trHeight w:val="96"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10560" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="132AA6EB" w14:textId="2B9A56D0" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">The Receiving Organisation will provide a contribution in kind to the trainee for the traineeship: Yes </w:t>
@@ -5979,51 +6203,50 @@
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="17D30E32" w14:textId="77777777" w:rsidTr="00254E54">
               <w:trPr>
                 <w:trHeight w:val="166"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5933" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="2B6B18A7" w14:textId="6DF27D09" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">The Receiving Organisation will provide an accident insurance to the trainee (if not provided by the </w:t>
@@ -6156,51 +6379,50 @@
                 <w:p w14:paraId="24BA3E61" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4627" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="17F7C87C" w14:textId="13029CBA" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">The accident insurance covers:  </w:t>
@@ -6289,51 +6511,50 @@
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="39B2AE83" w14:textId="77777777" w:rsidTr="00254E54">
               <w:trPr>
                 <w:trHeight w:val="166"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10560" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="16D46324" w14:textId="47EEED71" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">The Receiving Organisation will provide a liability insurance to the trainee (if not provided by the beneficiary </w:t>
@@ -6413,51 +6634,50 @@
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="0490A280" w14:textId="77777777" w:rsidTr="00254E54">
               <w:trPr>
                 <w:trHeight w:val="253"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10560" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="16DDBC39" w14:textId="7FE85BF9" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t>The Receiving Organisation will provide appropriate support and equipment to the trainee.</w:t>
@@ -6471,51 +6691,50 @@
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00335864" w14:paraId="172FA25F" w14:textId="77777777" w:rsidTr="00254E54">
               <w:trPr>
                 <w:trHeight w:val="239"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10560" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                     <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                     <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
                   </w:tcBorders>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="3BB6BFF3" w14:textId="368B7AE3" w:rsidR="00335864" w:rsidRDefault="00043873">
                   <w:pPr>
                     <w:widowControl w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Upon completion of the traineeship, the </w:t>
@@ -6624,51 +6843,50 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="71DD6340" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11055" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C2CEC40" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="42703A94" w14:textId="43C7C2D4" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
@@ -7474,474 +7692,461 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="570B66F6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5535798C" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Commitment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F84CDE4" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="24DBA275" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="18F43B72" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C994F31" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="507FEF47" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="259FEB27" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B79C1FB" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Trainee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3913B97D" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44BFBB43" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0A7FE4CA" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Trainee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6778DEFD" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="230F864D" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="367C7566" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="030CECF8" w14:textId="7E39D3CF" w:rsidR="00335864" w:rsidRDefault="00043873" w:rsidP="000423B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Responsible person</w:t>
             </w:r>
             <w:r>
@@ -7992,182 +8197,176 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="000423B7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>rganisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="21EBA99B" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="68D66C09" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04FB861E" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4054CF24" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="109B724C" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="116F2E49" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5FB08ED6" w14:textId="490878F1" w:rsidR="00335864" w:rsidRPr="00BA7024" w:rsidRDefault="006F1DD5" w:rsidP="000423B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-IE" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA7024">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-IE" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidR="00043873" w:rsidRPr="00BA7024">
@@ -8318,182 +8517,176 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-IE" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>rganisation</w:t>
             </w:r>
             <w:r w:rsidR="00BA7024">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-IE" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="13649E35" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="16161167" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67A64E18" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="720ED8F7" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3EA66B4D" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="05889AE9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="714F5AAB" w14:textId="658C8238" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Supervisor</w:t>
             </w:r>
             <w:r>
@@ -8544,148 +8737,143 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>rganisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C563C26" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1135" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="634E322E" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49E7E747" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="60A05D17" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="03203472" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="54BDA7AC" w14:textId="1FF6388C" w:rsidR="00335864" w:rsidRDefault="00335864">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -8754,78 +8942,76 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11056" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="4539"/>
         <w:gridCol w:w="5527"/>
       </w:tblGrid>
       <w:tr w:rsidR="00335864" w14:paraId="638126A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="100"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="989" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="027692BB" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="19E7BDB8" w14:textId="5AB2A4A7" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
@@ -8949,51 +9135,50 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="7CF34AB8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11055" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CB3BD89" w14:textId="208D8201" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
@@ -9176,51 +9361,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>month/year] …………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="0DEC44E1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C8667C9" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5812"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -9231,95 +9415,93 @@
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5812"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5527" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="511AD864" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5812"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Number of working hours per week: …</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="3EAB1B0C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11055" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C1B2954" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Detailed programme of the traineeship period (including the virtual component, if applicable):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="790D6131" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
@@ -9341,51 +9523,50 @@
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="075A1979" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11055" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45397E6A" w14:textId="1FD0286A" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Knowledge</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9463,51 +9644,50 @@
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="48203D4D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11055" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="268FE68A" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Monitoring plan:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="798BFCB8" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
@@ -9530,51 +9710,50 @@
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="330860E2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11055" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17DC7D01" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Evaluation plan:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00B45487" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00335864">
@@ -9652,225 +9831,220 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11068" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11068"/>
       </w:tblGrid>
       <w:tr w:rsidR="00335864" w14:paraId="46E1C3FB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72D3EAC0" w14:textId="0CA6D6C9" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Table D - Traineeship Certificate by the Receiving Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="4C3782FD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E285451" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5812"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name of the trainee:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="55E7C2C0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08A8FC67" w14:textId="72DC54D2" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5812"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name of the Receiving Organisation:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="719A8CB3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37271698" w14:textId="6291D4AE" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5812"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Sector of the Receiving Organisation:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="7FCD2D15" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="511493CE" w14:textId="376647BE" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:pStyle w:val="Textkomente"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5812"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -9905,51 +10079,50 @@
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="37BB922F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D477F6D" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -10056,51 +10229,50 @@
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>……………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="4731968F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31E3E925" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Traineeship title:</w:t>
             </w:r>
           </w:p>
@@ -10124,51 +10296,50 @@
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="03C7B1B4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5469BA66" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Detailed programme of the traineeship period</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10238,51 +10409,50 @@
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="48332A2A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EF8E809" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Knowledge, skills (intellectual and practical) and competences acquired (achieved learning outcomes):</w:t>
             </w:r>
           </w:p>
@@ -10348,51 +10518,50 @@
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-992"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="52BE9FEF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DE56AEA" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Evaluation of the trainee:</w:t>
             </w:r>
           </w:p>
@@ -10453,91 +10622,89 @@
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="0D06376D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="760A87BC" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00335864" w14:paraId="72B3E73B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="125"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11068" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42891B74" w14:textId="7C4F7813" w:rsidR="00335864" w:rsidRDefault="00043873">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:right="-993"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name and signature of the Supervisor at the Receiving Organisation:</w:t>
             </w:r>
           </w:p>
@@ -11907,51 +12074,51 @@
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Lohit Devanagari">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -12053,51 +12220,51 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3C0C2764" w14:textId="77777777" w:rsidR="00395046" w:rsidRDefault="00043873">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4B9793D2" w14:textId="77777777" w:rsidR="00395046" w:rsidRDefault="00043873">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70206B6A" w14:textId="27E6CC8D" w:rsidR="00335864" w:rsidRDefault="00F5734C">
+  <w:p w14:paraId="70206B6A" w14:textId="27E6CC8D" w:rsidR="00335864" w:rsidRDefault="003C3383">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="49C86566">
         <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
           <v:stroke joinstyle="miter"/>
           <v:path gradientshapeok="t" o:connecttype="rect"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t202" style="position:absolute;margin-left:416.55pt;margin-top:-14.2pt;width:150pt;height:60pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal-relative:text;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChFDUvqgEAAFUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3KCtF2NOMW2IsOA&#10;YRvQ7QNkWYoFyKIgqrHz96PkNAm2W1EfZFGkHvkeqc3DNDh20BEt+IYvFxVn2ivorN83/M/v3YeP&#10;nGGSvpMOvG74USN/2L5/txlDrVfQg+t0ZATisR5Dw/uUQi0Eql4PEhcQtCengTjIRGbciy7KkdAH&#10;J1ZVdStGiF2IoDQinT7OTr4t+MZolX4agzox13CqLZU1lrXNq9huZL2PMvRWncqQr6hikNZT0jPU&#10;o0ySPUf7H9RgVQQEkxYKBgHGWKULB2KzrP5h89TLoAsXEgfDWSZ8O1j14/AUfkWWps8wUQOzIGPA&#10;Gukw85lMHPKfKmXkJwmPZ9n0lJjKl+6rm6oilyLf3S21pegqLrdDxPRVw8DypuGR2lLUkofvmCgj&#10;hb6E5GQIznY761wx4r794iI7SGrhrnzzXRd6OZ++pMM5tOBdYYgLobxLUzudWLbQHYm8++ZJ0vvl&#10;ep1HpBjrm7sVGfHa0157pFc90CDNRDx8ek5gbCGTk8zIVEk2qHelptOc5eG4tkvU5TVs/wIAAP//&#10;AwBQSwMEFAAGAAgAAAAhACMY6EfgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SFxQ68RI1E3jVKiCAxJFIoW7Ey9JSryOYrcNf1+XCxxnZzTzNl9PtmdHHH3nSEE6T4Ah1c50&#10;1Cj42D3PJDAfNBndO0IFP+hhXVxf5Toz7kTveCxDw2IJ+UwraEMYMs593aLVfu4GpOh9udHqEOXY&#10;cDPqUyy3PRdJ8sCt7igutHrATYv1d3mwcfdpksNn9brZv5R31V68UbeVpNTtzfS4AhZwCn9huOBH&#10;dCgiU+UOZDzrFcj7NKIHBTMhBLBLIv09VQqWCwm8yPn/H4ozAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAKEUNS+qAQAAVQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhACMY6EfgAAAACwEAAA8AAAAAAAAAAAAAAAAABAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" o:allowincell="f" stroked="f">
           <v:fill opacity="0"/>
           <v:textbox style="mso-next-textbox:#_x0000_s2049">
             <w:txbxContent>
               <w:p w14:paraId="308C6690" w14:textId="77777777" w:rsidR="00335864" w:rsidRDefault="00043873">
                 <w:pPr>
                   <w:pStyle w:val="FrameContents"/>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="3119"/>
                   </w:tabs>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="right"/>
                   <w:rPr>
@@ -14411,101 +14578,104 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="497310228">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1466586112">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="124584085">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-BE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="it-IT" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-IE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="it-IT" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-BE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-IE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00335864"/>
     <w:rsid w:val="000112FC"/>
     <w:rsid w:val="000423B7"/>
     <w:rsid w:val="00043873"/>
     <w:rsid w:val="000950BF"/>
     <w:rsid w:val="0015768C"/>
     <w:rsid w:val="001A144E"/>
     <w:rsid w:val="00254E54"/>
     <w:rsid w:val="002B21B5"/>
     <w:rsid w:val="002C7419"/>
     <w:rsid w:val="00331F74"/>
     <w:rsid w:val="00335864"/>
     <w:rsid w:val="00341694"/>
     <w:rsid w:val="00395046"/>
+    <w:rsid w:val="003C3383"/>
     <w:rsid w:val="004368A1"/>
     <w:rsid w:val="00447F9B"/>
     <w:rsid w:val="0049492E"/>
     <w:rsid w:val="004A21A7"/>
     <w:rsid w:val="004D31EE"/>
     <w:rsid w:val="005C1E4F"/>
     <w:rsid w:val="00644CD5"/>
     <w:rsid w:val="006F1DD5"/>
     <w:rsid w:val="007524AE"/>
     <w:rsid w:val="007753F5"/>
     <w:rsid w:val="007B612D"/>
     <w:rsid w:val="0087754E"/>
     <w:rsid w:val="008A55F9"/>
+    <w:rsid w:val="008A65CC"/>
     <w:rsid w:val="00903F18"/>
     <w:rsid w:val="00953E40"/>
     <w:rsid w:val="009F7FC0"/>
     <w:rsid w:val="00BA7024"/>
     <w:rsid w:val="00DB1241"/>
     <w:rsid w:val="00E87871"/>
     <w:rsid w:val="00F5734C"/>
     <w:rsid w:val="00F60A62"/>
     <w:rsid w:val="00F75123"/>
     <w:rsid w:val="00FA25F7"/>
     <w:rsid w:val="00FD3847"/>
     <w:rsid w:val="00FE457A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -16468,58 +16638,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100F2A89A0CA3F8E34E9DF62FE952255229" ma:contentTypeVersion="15" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="fe54bb4e388ac76c29426812bb8b0767">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ebd8f5d8-101c-487c-b289-1682e7f5f203" xmlns:ns3="1bc9e2da-ea0a-468a-b7c5-801b00076049" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="51b0114a03a1829ed3b7a0ad8e4735c1" ns2:_="" ns3:_="">
     <xsd:import namespace="ebd8f5d8-101c-487c-b289-1682e7f5f203"/>
     <xsd:import namespace="1bc9e2da-ea0a-468a-b7c5-801b00076049"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
@@ -16714,145 +16882,147 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ebd8f5d8-101c-487c-b289-1682e7f5f203">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="1bc9e2da-ea0a-468a-b7c5-801b00076049" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8E360C1-0BC0-40DA-B243-27602C084E57}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B752834-5156-4BC0-BA44-BECE908C7555}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="1bc9e2da-ea0a-468a-b7c5-801b00076049"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3112D457-483E-469B-8ECC-0696CD17FDC8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ebd8f5d8-101c-487c-b289-1682e7f5f203"/>
     <ds:schemaRef ds:uri="1bc9e2da-ea0a-468a-b7c5-801b00076049"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B752834-5156-4BC0-BA44-BECE908C7555}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8E360C1-0BC0-40DA-B243-27602C084E57}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="cfd06d9f-862c-4359-9a69-c66ff689f26a"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="ebd8f5d8-101c-487c-b289-1682e7f5f203"/>
+    <ds:schemaRef ds:uri="1bc9e2da-ea0a-468a-b7c5-801b00076049"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1729F4EC-DA49-4727-96AF-D45CAA2B686A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1140</Words>
-  <Characters>6729</Characters>
+  <Characters>6731</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>56</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Erasmus+ Learning Agreement Student Mobility for Traineeships (KA171)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7854</CharactersWithSpaces>
+  <CharactersWithSpaces>7856</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Erasmus+ Learning Agreement Student Mobility for Traineeships (KA171)</dc:title>
   <dc:subject/>
   <dc:creator>HUERTAS MARTINEZ Marta (EAC)</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>en-GB</dc:language>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F2A89A0CA3F8E34E9DF62FE952255229</vt:lpwstr>